--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -1117,50 +1117,51 @@
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="21"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:sz w:val="21"/>
                               </w:rPr>
                               <w:t xml:space="preserve">NOM DE NAISSANCE : </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:iCs/>
                                   <w:sz w:val="21"/>
                                   <w:szCs w:val="21"/>
                                 </w:rPr>
                                 <w:id w:val="-273246731"/>
                                 <w:placeholder>
                                   <w:docPart w:val="C1961BA396A046D09189E8E08460440D"/>
                                 </w:placeholder>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
+                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r>
                                   <w:rPr>
                                     <w:rStyle w:val="Textedelespacerserv"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Cliquez </w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00381A52">
                                   <w:rPr>
                                     <w:rStyle w:val="Textedelespacerserv"/>
                                   </w:rPr>
                                   <w:t>ici pour entrer du texte.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="141775F7" w14:textId="77777777" w:rsidR="003922CD" w:rsidRPr="00A6094C" w:rsidRDefault="003922CD" w:rsidP="00116665">
                             <w:pPr>
                               <w:pStyle w:val="Corpsdetexte"/>
                               <w:spacing w:before="9"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:i w:val="0"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
@@ -1189,50 +1190,51 @@
                                 <w:sz w:val="21"/>
                               </w:rPr>
                               <w:t>:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="003922CD">
                               <w:rPr>
                                 <w:iCs/>
                                 <w:sz w:val="21"/>
                                 <w:szCs w:val="21"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:iCs/>
                                   <w:sz w:val="21"/>
                                   <w:szCs w:val="21"/>
                                 </w:rPr>
                                 <w:id w:val="198357813"/>
                                 <w:placeholder>
                                   <w:docPart w:val="121E155F24DF486B94ACB95F4F1E002C"/>
                                 </w:placeholder>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
+                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r>
                                   <w:rPr>
                                     <w:rStyle w:val="Textedelespacerserv"/>
                                   </w:rPr>
                                   <w:t xml:space="preserve">Cliquez </w:t>
                                 </w:r>
                                 <w:r w:rsidRPr="00381A52">
                                   <w:rPr>
                                     <w:rStyle w:val="Textedelespacerserv"/>
                                   </w:rPr>
                                   <w:t>ici pour entrer du texte.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                           <w:p w14:paraId="42A0DDD4" w14:textId="77777777" w:rsidR="003922CD" w:rsidRPr="00A6094C" w:rsidRDefault="003922CD" w:rsidP="00116665">
                             <w:pPr>
                               <w:pStyle w:val="Corpsdetexte"/>
                               <w:spacing w:before="4"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:i w:val="0"/>
                                 <w:sz w:val="20"/>
                               </w:rPr>
@@ -1745,55 +1747,53 @@
                               <w:jc w:val="both"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
                                 <w:b/>
                                 <w:sz w:val="18"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A072EF">
                               <w:rPr>
                                 <w:b/>
                                 <w:spacing w:val="4"/>
                                 <w:w w:val="95"/>
                                 <w:sz w:val="21"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:sdt>
                               <w:sdtPr>
                                 <w:rPr>
                                   <w:b/>
                                   <w:spacing w:val="4"/>
                                   <w:w w:val="95"/>
                                   <w:sz w:val="21"/>
                                 </w:rPr>
                                 <w:id w:val="-1613591399"/>
-                                <w:placeholder>
-[...1 lines deleted...]
-                                </w:placeholder>
                                 <w:showingPlcHdr/>
                               </w:sdtPr>
+                              <w:sdtEndPr/>
                               <w:sdtContent>
                                 <w:r w:rsidRPr="00381A52">
                                   <w:rPr>
                                     <w:rStyle w:val="Textedelespacerserv"/>
                                   </w:rPr>
                                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                                 </w:r>
                               </w:sdtContent>
                             </w:sdt>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
@@ -2151,70 +2151,77 @@
         </w:rPr>
         <w:t xml:space="preserve">éflexion sur ma pratique » doivent être rédigées </w:t>
       </w:r>
       <w:r w:rsidR="004163C6" w:rsidRPr="00CB6F47">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>de façon détaillée</w:t>
       </w:r>
       <w:r w:rsidR="00EF3FB2" w:rsidRPr="00CB6F47">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="004163C6" w:rsidRPr="00CB6F47">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4774138B" w14:textId="115E309C" w:rsidR="00164C73" w:rsidRDefault="00EF3FB2" w:rsidP="00EF3FB2">
+    <w:p w14:paraId="4774138B" w14:textId="7FC1C70B" w:rsidR="00164C73" w:rsidRDefault="00B01220" w:rsidP="00EF3FB2">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="913"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="611" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
-        <w:t>Le dossier est à enregistrer en PDF avant envoi.</w:t>
+        <w:t>Le dossier doit être dactylographié et enregistré</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF3FB2">
+        <w:rPr>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en PDF avant envoi.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="657B81E6" w14:textId="77777777" w:rsidR="00EF3FB2" w:rsidRPr="00EF3FB2" w:rsidRDefault="00EF3FB2" w:rsidP="00EF3FB2">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="913"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="611" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4B1E97A8" w14:textId="3C7B16E7" w:rsidR="00164C73" w:rsidRPr="00A072EF" w:rsidRDefault="00BE39FD" w:rsidP="00592C48">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
@@ -2362,120 +2369,122 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1989078422"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CB6F47">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00592C48">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="002A22B7" w:rsidRPr="00A43951">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>A compléter</w:t>
             </w:r>
             <w:r w:rsidR="004163C6" w:rsidRPr="00A43951">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> la fiche d’auto positionnement </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="545E36CB" w14:textId="61AC2E93" w:rsidR="004163C6" w:rsidRPr="00A43951" w:rsidRDefault="004163C6" w:rsidP="004163C6">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2583B2D1" w14:textId="00E1E2D7" w:rsidR="004163C6" w:rsidRPr="00A43951" w:rsidRDefault="004E4CA2" w:rsidP="004163C6">
+          <w:p w14:paraId="2583B2D1" w14:textId="00E1E2D7" w:rsidR="004163C6" w:rsidRPr="00A43951" w:rsidRDefault="00B01220" w:rsidP="004163C6">
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-417246330"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CB6F47">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CB6F47">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="002A22B7" w:rsidRPr="00A43951">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -2518,50 +2527,51 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1535103431"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CB6F47">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="002A22B7" w:rsidRPr="00A43951">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
@@ -2603,146 +2613,149 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A43951">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Fait à : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-2083750114"/>
                 <w:placeholder>
                   <w:docPart w:val="E044231479774CEF8A464502D90119E8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004068F0">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Cliquez </w:t>
                 </w:r>
                 <w:r w:rsidR="00CB6F47" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="79C21109" w14:textId="23CAA695" w:rsidR="003D0132" w:rsidRPr="00A43951" w:rsidRDefault="004163C6" w:rsidP="004163C6">
             <w:pPr>
               <w:spacing w:line="331" w:lineRule="auto"/>
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A43951">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">le : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:iCs/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="839042210"/>
                 <w:placeholder>
                   <w:docPart w:val="37C56116D3194ABEB4F37ADE137EDA2C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CB6F47" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="72EA9154" w14:textId="77777777" w:rsidR="00592C48" w:rsidRDefault="004163C6" w:rsidP="001E2610">
             <w:pPr>
               <w:spacing w:line="331" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A43951">
               <w:rPr>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Signature du/de la candidat/e :</w:t>
             </w:r>
             <w:r w:rsidR="003D0132">
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Myriad Pro" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:id w:val="-32730594"/>
               <w:showingPlcHdr/>
               <w:picture/>
             </w:sdtPr>
+            <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="06B75E60" w14:textId="38A70579" w:rsidR="001E2610" w:rsidRPr="00592C48" w:rsidRDefault="00CB6F47" w:rsidP="001E2610">
                 <w:pPr>
                   <w:spacing w:line="331" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:ascii="Myriad Pro" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="Myriad Pro" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Myriad Pro" w:cs="Myriad Pro"/>
                     <w:noProof/>
                     <w:color w:val="000000"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="fr-FR"/>
                   </w:rPr>
                   <w:drawing>
                     <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="753C3B1E" wp14:editId="359FCB0E">
                       <wp:extent cx="1905000" cy="1905000"/>
                       <wp:effectExtent l="0" t="0" r="0" b="0"/>
                       <wp:docPr id="2" name="Image 4"/>
@@ -2806,618 +2819,684 @@
           <w:p w14:paraId="3A518FB7" w14:textId="2AE4EBAA" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Titre1"/>
               <w:ind w:left="100"/>
               <w:jc w:val="left"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:color w:val="E20512"/>
                 <w:sz w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="E20512"/>
               </w:rPr>
               <w:t>1/</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="E20512"/>
                 <w:sz w:val="36"/>
               </w:rPr>
               <w:t>Situation du candidat</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2B31911B" w14:textId="77777777" w:rsidR="006771F0" w:rsidRPr="00EC1AF3" w:rsidRDefault="006771F0" w:rsidP="00DC5E0B">
+          <w:p w14:paraId="7E43AECF" w14:textId="0FE619C2" w:rsidR="00DC5E0B" w:rsidRPr="00456A0E" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
             <w:pPr>
-              <w:pStyle w:val="Titre1"/>
-[...5 lines deleted...]
-                <w:sz w:val="36"/>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E43AECF" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
+          <w:p w14:paraId="4727F834" w14:textId="77777777" w:rsidR="00456A0E" w:rsidRDefault="00456A0E" w:rsidP="004163C6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="56CA808C" w14:textId="159BE8F2" w:rsidR="00DC5E0B" w:rsidRPr="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
+          <w:p w14:paraId="6262EC8E" w14:textId="3DB8956B" w:rsidR="00DC5E0B" w:rsidRPr="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC5E0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Nom de naissance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="898176916"/>
                 <w:placeholder>
                   <w:docPart w:val="D0A5185F5340482391A3645F7F306C88"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="6262EC8E" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRPr="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
-[...11 lines deleted...]
-          <w:p w14:paraId="2867E504" w14:textId="2620B8EE" w:rsidR="00DC5E0B" w:rsidRPr="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
+          <w:p w14:paraId="36420BDF" w14:textId="2DEAD74C" w:rsidR="00DC5E0B" w:rsidRPr="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC5E0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Nom d’usage</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1759553416"/>
                 <w:placeholder>
                   <w:docPart w:val="60513C1E3B3A4EEA98F0A9AACB459353"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="36420BDF" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRPr="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
-[...11 lines deleted...]
-          <w:p w14:paraId="6358923C" w14:textId="4F20BB9E" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
+          <w:p w14:paraId="5EB2395F" w14:textId="442ECA3B" w:rsidR="006771F0" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DC5E0B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>Prénom(s)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1548206895"/>
                 <w:placeholder>
                   <w:docPart w:val="8FE57302E39A4424AE3E7C5A58C5D063"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="5EB2395F" w14:textId="77777777" w:rsidR="006771F0" w:rsidRPr="00DC5E0B" w:rsidRDefault="006771F0" w:rsidP="004163C6">
+          <w:p w14:paraId="717B2931" w14:textId="318DE648" w:rsidR="00456A0E" w:rsidRPr="00DC5E0B" w:rsidRDefault="00456A0E" w:rsidP="004163C6">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:pStyle w:val="Default"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-            </w:pPr>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> : </w:t>
+              <w:t xml:space="preserve">Sexe : Féminin </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
-                <w:id w:val="1062526713"/>
-[...195 lines deleted...]
-                <w:id w:val="1380668333"/>
+                <w:id w:val="-2041041049"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Ressortissant de l’UE, EEE </w:t>
+              <w:t xml:space="preserve">   Masculin </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
-                <w:id w:val="594752838"/>
-[...38 lines deleted...]
-                <w:id w:val="851833389"/>
+                <w:id w:val="-1105736792"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:iCs/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
+          <w:p w14:paraId="0068079D" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRPr="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21736469" w14:textId="618AB648" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="004163C6">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DC5E0B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t>Date de naissance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:id w:val="1062526713"/>
+                <w:placeholder>
+                  <w:docPart w:val="2A5097C32EC24FC58C975B0B0451C3A5"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00381A52">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour entrer du texte.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="0990DCFA" w14:textId="3C5B2C6C" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Commune de naissance : </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:id w:val="-1061948641"/>
+                <w:placeholder>
+                  <w:docPart w:val="3F2923AE4C3C48AFBA2E4B9A02A5662F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00381A52">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour entrer du texte.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="7076C8D3" w14:textId="1CF2350C" w:rsidR="006771F0" w:rsidRDefault="006771F0" w:rsidP="00DC5E0B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Département de naissance : </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:id w:val="-1757199312"/>
+                <w:placeholder>
+                  <w:docPart w:val="FC94F51FC8264B67BA3BF4B18E611446"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00381A52">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour entrer du texte.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="52FD4EB2" w14:textId="6BBCCD3E" w:rsidR="006771F0" w:rsidRDefault="006771F0" w:rsidP="00DC5E0B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pays de naissance : </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:id w:val="-801538931"/>
+                <w:placeholder>
+                  <w:docPart w:val="7169B998DBC041648E9FFE5EE47386CA"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00381A52">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ici pour entrer du texte.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+          <w:p w14:paraId="3CB139C6" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="69B69588" w14:textId="151C29CE" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
+            <w:pPr>
+              <w:pStyle w:val="Default"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nationalité : Française </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:id w:val="1380668333"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00456A0E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:iCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Ressortissant de l’UE, EEE </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:id w:val="594752838"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:iCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="21"/>
+                <w:szCs w:val="21"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    Autre </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:iCs/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="21"/>
+                  <w:szCs w:val="21"/>
+                </w:rPr>
+                <w:id w:val="851833389"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
+                    <w:iCs/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="21"/>
+                    <w:szCs w:val="21"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
           <w:p w14:paraId="43B270AB" w14:textId="77777777" w:rsidR="006771F0" w:rsidRDefault="006771F0" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="157DF641" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2CF2B9B7" w14:textId="37F1F20E" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
@@ -3434,188 +3513,192 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Adresse (N° de la voie, type de voie, nom de la voie) : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1804498687"/>
                 <w:placeholder>
                   <w:docPart w:val="79DED2AEC5ED4EE691D2BF1CBE3BBAC5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="34C7F7E1" w14:textId="4A39E177" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Code postal : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="152564687"/>
                 <w:placeholder>
                   <w:docPart w:val="A6E09A584A3E48E2BE4A726A63DBA4EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="64673A5D" w14:textId="4BF86EA4" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Commune : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1970169134"/>
                 <w:placeholder>
                   <w:docPart w:val="5F1E172A89964141B7B9E16903C3F56C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="467C1FC9" w14:textId="3428BE69" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Pays : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1029405038"/>
                 <w:placeholder>
                   <w:docPart w:val="0C9C192A62C649AB85895A1DDA76DAC7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="258B7314" w14:textId="5E8BD4A4" w:rsidR="006771F0" w:rsidRDefault="006771F0" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="39C3F805" w14:textId="5CF49DCA" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
@@ -3630,96 +3713,98 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Téléphone portable : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1126772812"/>
                 <w:placeholder>
                   <w:docPart w:val="989F085972BF4F63BF02A7AAAB787B26"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="27F03D5C" w14:textId="773A1B34" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Courriel : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="1023977895"/>
                 <w:placeholder>
                   <w:docPart w:val="431B3BF6EF5D47B7BF33E5A3CA08333C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="5F4BEEB3" w14:textId="0B179466" w:rsidR="006771F0" w:rsidRDefault="006771F0" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="04CD2A13" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
@@ -3775,288 +3860,297 @@
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0D176AAC" w14:textId="77777777" w:rsidR="00D42B5C" w:rsidRDefault="00DC5E0B" w:rsidP="004220A8">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">En situation d’emploi </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="923139641"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006771F0" w:rsidRPr="004220A8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00041E5C">
               <w:t> :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33762CBE" w14:textId="0181529D" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Contrat/Statut : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="960297736"/>
                 <w:placeholder>
                   <w:docPart w:val="50E3C9560FC24628AFE6B81526265B38"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="CDI" w:value="CDI"/>
                   <w:listItem w:displayText="CDD" w:value="CDD"/>
                   <w:listItem w:displayText="Contrat d'intérim" w:value="Contrat d'intérim"/>
                   <w:listItem w:displayText="Fonctionnaire" w:value="Fonctionnaire"/>
                   <w:listItem w:displayText="Indépendant" w:value="Indépendant"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C05BA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="3F788DD9" w14:textId="0F931CC0" w:rsidR="004E4CA2" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t>CSP :</w:t>
             </w:r>
             <w:r w:rsidR="00041E5C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="799799776"/>
                 <w:placeholder>
                   <w:docPart w:val="E7EDC32C292341BEB2CAC5F8045BA8D3"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="5E5D5D"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:id w:val="1650241706"/>
                     <w:placeholder>
                       <w:docPart w:val="B40CDA66CF1F48F0BBE590198AED28B0"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w:dropDownList>
                       <w:listItem w:value="Choisissez un élément."/>
                       <w:listItem w:displayText="Agriculteurs exploitants" w:value="Agriculteurs exploitants"/>
                       <w:listItem w:displayText="Artisans, commerçants et chefs d'entreprise" w:value="Artisans, commerçants et chefs d'entreprise"/>
                       <w:listItem w:displayText="Cadres et professions intellectuelles supérieures" w:value="Cadres et professions intellectuelles supérieures"/>
                       <w:listItem w:displayText="Professions intermédiaires" w:value="Professions intermédiaires"/>
                       <w:listItem w:displayText="Employés" w:value="Employés"/>
                       <w:listItem w:displayText="Ouvriers" w:value="Ouvriers"/>
                       <w:listItem w:displayText="Retraités" w:value="Retraités"/>
                       <w:listItem w:displayText="Autres personnes sans activités professionnelles" w:value="Autres personnes sans activités professionnelles"/>
                     </w:dropDownList>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidRPr="003C05BA">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>Choisissez un élément.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2A67A1B5" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7DC13A6F" w14:textId="23F12139" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="006771F0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">En inactivité </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="950208328"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="052D7BDA" w14:textId="77777777" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="00DC5E0B">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7AA0EF2B" w14:textId="4EE9A00E" w:rsidR="00DC5E0B" w:rsidRDefault="00DC5E0B" w:rsidP="006771F0">
             <w:pPr>
               <w:pStyle w:val="Default"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="8"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">En recherche d’emploi </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="907963445"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CB6F47">
               <w:t xml:space="preserve">   Inscrit à Pôle emploi : Oui </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="416066115"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CB6F47">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CB6F47">
               <w:t xml:space="preserve">  Non </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="543486037"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CB6F47">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CB6F47">
               <w:t xml:space="preserve">  Depuis : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-984161469"/>
                 <w:placeholder>
                   <w:docPart w:val="A6EF303EF11947C684ECC2590B06BFFC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CB6F47" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2CA32364" w14:textId="77777777" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Paragraphedeliste"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="73AE15FF" w14:textId="11F6E067" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="470B90E8" w14:textId="04765AB3" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
             <w:r w:rsidRPr="00D42B5C">
@@ -4070,82 +4164,84 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="4B824611" w14:textId="00F3AAC1" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Plus haut diplôme obtenu : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="651489545"/>
                 <w:placeholder>
                   <w:docPart w:val="61B7905407B74A44B5D8C89D7A98DF90"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="Niveau 3 : CAP, BEP" w:value="Niveau 3 : CAP, BEP"/>
                   <w:listItem w:displayText="Niveau 4 : Baccalauréat" w:value="Niveau 4 : Baccalauréat"/>
                   <w:listItem w:displayText="Niveau 5 : DEUG, BTS, DUT, DEUST" w:value="Niveau 5 : DEUG, BTS, DUT, DEUST"/>
                   <w:listItem w:displayText="Niveau 6 : Licence, Licence professionnelle" w:value="Niveau 6 : Licence, Licence professionnelle"/>
                   <w:listItem w:displayText="Niveau 7 : Master, diplôme d'études approfondies, diplôme d'études supérieures spécialisées, diplôme d'ingénieur" w:value="Niveau 7 : Master, diplôme d'études approfondies, diplôme d'études supérieures spécialisées, diplôme d'ingénieur"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="003C05BA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="1EEA7021" w14:textId="5510F91D" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Intitulé du diplôme : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:iCs/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="21"/>
                   <w:szCs w:val="21"/>
                 </w:rPr>
                 <w:id w:val="-1616985775"/>
                 <w:placeholder>
                   <w:docPart w:val="29E74F808D834FD9BB607BE15C6CE6BC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="3553E532" w14:textId="1D69E428" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="026291DA" w14:textId="77777777" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="36AA9181" w14:textId="7A47D50F" w:rsidR="00D42B5C" w:rsidRDefault="00D42B5C" w:rsidP="00D42B5C">
             <w:pPr>
               <w:pStyle w:val="Default"/>
             </w:pPr>
           </w:p>
@@ -4360,50 +4456,51 @@
               </w:rPr>
               <w:t>poste :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="536163638"/>
                 <w:placeholder>
                   <w:docPart w:val="FE02B18EBB47418F926C84BFEBA8298A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D42B5C" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="2493C5C6" w14:textId="70BD8E9F" w:rsidR="007F66D8" w:rsidRDefault="006771F0" w:rsidP="00FF4E5D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -4418,50 +4515,51 @@
               </w:rPr>
               <w:t>fin :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="423853113"/>
                 <w:placeholder>
                   <w:docPart w:val="A3F9F6D17D9841DFBF7F3678597556A6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D42B5C" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="76019340" w14:textId="001A225E" w:rsidR="006771F0" w:rsidRPr="00C4049F" w:rsidRDefault="006771F0" w:rsidP="00FF4E5D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
@@ -4487,50 +4585,51 @@
               <w:t>complet</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="62079843"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="5E5D5D"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00346CA9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
@@ -4555,83 +4654,85 @@
               <w:t>partiel</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1290267279"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:b/>
                     <w:color w:val="5E5D5D"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1229887036"/>
                 <w:placeholder>
                   <w:docPart w:val="DD4C837600E445B3BD877AC0E70483CB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004068F0" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Cliquez ici pour entrer </w:t>
                 </w:r>
                 <w:r w:rsidR="004068F0">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>le pourcentage</w:t>
                 </w:r>
                 <w:r w:rsidR="00346CA9" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00346CA9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
@@ -4648,50 +4749,51 @@
               </w:rPr>
               <w:t>ou</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00346CA9">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1181239623"/>
                 <w:placeholder>
                   <w:docPart w:val="FB288687DCA142ADBE6EBFE307027D9E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004068F0" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t xml:space="preserve">Cliquez ici pour entrer </w:t>
                 </w:r>
                 <w:r w:rsidR="004068F0">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>le nombre d’heures</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="5417047C" w14:textId="3A538E0D" w:rsidR="007F66D8" w:rsidRDefault="007F66D8" w:rsidP="00FF4E5D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -4740,148 +4842,143 @@
               </w:rPr>
               <w:t>) :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="004068F0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1170863850"/>
                 <w:placeholder>
                   <w:docPart w:val="3408C67F21384762B9B93345A285E622"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004068F0" w:rsidRPr="00381A52">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="19595B64" w14:textId="0FC3CE4B" w:rsidR="00DB0B77" w:rsidRDefault="00346CA9" w:rsidP="00FF4E5D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="003922CD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>CS</w:t>
-[...7 lines deleted...]
-              <w:t>P</w:t>
+              <w:t>CSP</w:t>
             </w:r>
             <w:r w:rsidR="004068F0">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:color w:val="5E5D5D"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1339895103"/>
                 <w:placeholder>
                   <w:docPart w:val="ACD847C8705D4574ADCB19A1D695D304"/>
                 </w:placeholder>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:sdt>
                   <w:sdtPr>
                     <w:rPr>
                       <w:b/>
                       <w:color w:val="5E5D5D"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:id w:val="403120788"/>
                     <w:placeholder>
                       <w:docPart w:val="7E0EB25AFC424EE6B82F02CE9667175D"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w:dropDownList>
                       <w:listItem w:value="Choisissez un élément."/>
                       <w:listItem w:displayText="Agriculteurs exploitants" w:value="Agriculteurs exploitants"/>
                       <w:listItem w:displayText="Artisans, commerçants et chefs d'entreprise" w:value="Artisans, commerçants et chefs d'entreprise"/>
                       <w:listItem w:displayText="Cadres et professions intellectuelles supérieures" w:value="Cadres et professions intellectuelles supérieures"/>
                       <w:listItem w:displayText="Professions intermédiaires" w:value="Professions intermédiaires"/>
                       <w:listItem w:displayText="Employés" w:value="Employés"/>
                       <w:listItem w:displayText="Ouvriers" w:value="Ouvriers"/>
                       <w:listItem w:displayText="Retraités" w:value="Retraités"/>
                       <w:listItem w:displayText="Autres personnes sans activités professionnelles" w:value="Autres personnes sans activités professionnelles"/>
                     </w:dropDownList>
                   </w:sdtPr>
+                  <w:sdtEndPr/>
                   <w:sdtContent>
                     <w:r w:rsidR="00CF30B0" w:rsidRPr="003C05BA">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>Choisissez un élément.</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="547DD1E9" w14:textId="401024E4" w:rsidR="007F66D8" w:rsidRDefault="005F61AB" w:rsidP="00DB0B77">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -4921,50 +5018,51 @@
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00DB0B77">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="5E5D5D"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="471331769"/>
                 <w:placeholder>
                   <w:docPart w:val="78093E640A6F4CD0A55B015BF01B5ECE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:dropDownList>
                   <w:listItem w:value="Choisissez un élément."/>
                   <w:listItem w:displayText="CDI" w:value="CDI"/>
                   <w:listItem w:displayText="CDD" w:value="CDD"/>
                   <w:listItem w:displayText="Contrat d'intérim" w:value="Contrat d'intérim"/>
                   <w:listItem w:displayText="Fonctionnaire" w:value="Fonctionnaire"/>
                   <w:listItem w:displayText="Indépendant" w:value="Indépendant"/>
                 </w:dropDownList>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00041E5C" w:rsidRPr="003C05BA">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Choisissez un élément.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
           <w:p w14:paraId="1213F4CC" w14:textId="1A8DFF0A" w:rsidR="00DB0B77" w:rsidRPr="00C4049F" w:rsidRDefault="00DB0B77" w:rsidP="00DB0B77">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:color w:val="5E5D5D"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F66D8" w14:paraId="34DD724C" w14:textId="77777777" w:rsidTr="00EC1AF3">
         <w:trPr>
           <w:trHeight w:val="1037"/>
         </w:trPr>
@@ -7764,50 +7862,51 @@
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Insérez ici un CV (1 à 2 pages)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07742353" w14:textId="77777777" w:rsidR="00A26479" w:rsidRPr="00A26479" w:rsidRDefault="00A26479" w:rsidP="00A26479"/>
     <w:p w14:paraId="643FBB7E" w14:textId="77777777" w:rsidR="00A26479" w:rsidRPr="00A26479" w:rsidRDefault="00A26479" w:rsidP="00A26479"/>
     <w:p w14:paraId="78124654" w14:textId="77777777" w:rsidR="00A26479" w:rsidRPr="00A26479" w:rsidRDefault="00A26479" w:rsidP="00A26479"/>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-371915598"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="3AC7FABC" w14:textId="3E766C85" w:rsidR="00A26479" w:rsidRPr="00A26479" w:rsidRDefault="00710EE1" w:rsidP="00A26479">
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E8CED0A" wp14:editId="0E43BE7F">
                 <wp:extent cx="6209413" cy="6209413"/>
                 <wp:effectExtent l="0" t="0" r="1270" b="1270"/>
                 <wp:docPr id="3" name="Image 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
@@ -7830,54 +7929,51 @@
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="5DC0A76C" w14:textId="77777777" w:rsidR="00A26479" w:rsidRPr="00A26479" w:rsidRDefault="00A26479" w:rsidP="00A26479"/>
     <w:p w14:paraId="38EC9B9F" w14:textId="397DA182" w:rsidR="00A26479" w:rsidRDefault="00A26479" w:rsidP="00A26479"/>
     <w:p w14:paraId="23A9D451" w14:textId="3AF29D1A" w:rsidR="00126958" w:rsidRDefault="00126958" w:rsidP="00A26479"/>
     <w:p w14:paraId="0881B7E1" w14:textId="6D7BCF53" w:rsidR="00126958" w:rsidRDefault="00126958" w:rsidP="00A26479"/>
     <w:p w14:paraId="41CD85FC" w14:textId="480E218C" w:rsidR="00126958" w:rsidRDefault="00126958" w:rsidP="00A26479"/>
     <w:p w14:paraId="6129DDFC" w14:textId="60164719" w:rsidR="00126958" w:rsidRDefault="00126958" w:rsidP="00A26479"/>
     <w:p w14:paraId="51B272FB" w14:textId="6C20F09F" w:rsidR="00126958" w:rsidRDefault="00126958" w:rsidP="00A26479"/>
-    <w:p w14:paraId="46BBEDB6" w14:textId="77777777" w:rsidR="00126958" w:rsidRPr="00A26479" w:rsidRDefault="00126958" w:rsidP="00A26479">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="46BBEDB6" w14:textId="77777777" w:rsidR="00126958" w:rsidRPr="00A26479" w:rsidRDefault="00126958" w:rsidP="00A26479"/>
     <w:p w14:paraId="5066E3ED" w14:textId="259F00CE" w:rsidR="00D765FA" w:rsidRDefault="00D765FA" w:rsidP="00D765FA">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:color w:val="E20512"/>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="E20512"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="00374F39">
         <w:rPr>
           <w:color w:val="E20512"/>
           <w:sz w:val="36"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
@@ -7903,223 +7999,227 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Je soussigné(e), </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:id w:val="-2090834934"/>
           <w:placeholder>
             <w:docPart w:val="777E8601DC8F42EEB2DBB8198A049445"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00191677">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>, déclare sur l’honneur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E3D457C" w14:textId="72AD9751" w:rsidR="00D765FA" w:rsidRPr="00191677" w:rsidRDefault="00D765FA" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08930021" w14:textId="14836FF2" w:rsidR="00D765FA" w:rsidRPr="00191677" w:rsidRDefault="004E4CA2" w:rsidP="00A26479">
+    <w:p w14:paraId="08930021" w14:textId="14836FF2" w:rsidR="00D765FA" w:rsidRPr="00191677" w:rsidRDefault="00B01220" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:id w:val="-1517308651"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00D765FA" w:rsidRPr="00191677">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D765FA" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00D765FA" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>ne</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00D765FA" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> pas faire l’objet d’une mesure pénale ou administrative d’interdiction de présentation devant un jury d’examen ou de validation des acquis de l’expérience </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="116A4FB6" w14:textId="681B46BA" w:rsidR="00D765FA" w:rsidRPr="00191677" w:rsidRDefault="00D765FA" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79752B14" w14:textId="4026E729" w:rsidR="00D765FA" w:rsidRPr="00191677" w:rsidRDefault="004E4CA2" w:rsidP="00A26479">
+    <w:p w14:paraId="79752B14" w14:textId="4026E729" w:rsidR="00D765FA" w:rsidRPr="00191677" w:rsidRDefault="00B01220" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:id w:val="1380059532"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A503E7" w:rsidRPr="00191677">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A503E7" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A503E7" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>que</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A503E7" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> toutes les informations fournies sont exactes </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5839366B" w14:textId="666FBFD5" w:rsidR="00A503E7" w:rsidRPr="00191677" w:rsidRDefault="00A503E7" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="681F3E78" w14:textId="4CDE5858" w:rsidR="00A503E7" w:rsidRPr="00191677" w:rsidRDefault="004E4CA2" w:rsidP="00A26479">
+    <w:p w14:paraId="681F3E78" w14:textId="4CDE5858" w:rsidR="00A503E7" w:rsidRPr="00191677" w:rsidRDefault="00B01220" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:id w:val="-565564161"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A503E7" w:rsidRPr="00191677">
             <w:rPr>
               <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A503E7" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00A503E7" w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>que</w:t>
@@ -8204,138 +8304,141 @@
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Fait à </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:id w:val="-782189586"/>
           <w:placeholder>
             <w:docPart w:val="80D2F75DDEDA4B0F942EE0C3086FEC44"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00191677">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="37A923E9" w14:textId="05559E4D" w:rsidR="00A503E7" w:rsidRPr="00191677" w:rsidRDefault="00A503E7" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40A6B4D5" w14:textId="22D555EB" w:rsidR="00A503E7" w:rsidRPr="00191677" w:rsidRDefault="00A503E7" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Le </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:sz w:val="21"/>
             <w:szCs w:val="21"/>
           </w:rPr>
           <w:id w:val="-806546541"/>
           <w:placeholder>
             <w:docPart w:val="04A1467F21A04A5A855972D555630661"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00191677">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
               <w:sz w:val="21"/>
               <w:szCs w:val="21"/>
             </w:rPr>
             <w:t>Cliquez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="17A0687E" w14:textId="752D3ADE" w:rsidR="00A503E7" w:rsidRPr="00191677" w:rsidRDefault="00A503E7" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63384B63" w14:textId="0C8B1628" w:rsidR="00A503E7" w:rsidRPr="00191677" w:rsidRDefault="00A503E7" w:rsidP="00A26479">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00191677">
         <w:rPr>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Signature du/de la candidat(e) : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDDB866" w14:textId="08A9EEA8" w:rsidR="00A503E7" w:rsidRDefault="00A503E7" w:rsidP="00A26479"/>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1775693968"/>
         <w:showingPlcHdr/>
         <w:picture/>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7A3555C1" w14:textId="589EB919" w:rsidR="00A503E7" w:rsidRPr="00A26479" w:rsidRDefault="00A503E7" w:rsidP="00A26479">
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:eastAsia="fr-FR"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5010E9AF" wp14:editId="531B47CF">
                 <wp:extent cx="1899920" cy="1899920"/>
                 <wp:effectExtent l="0" t="0" r="5080" b="5080"/>
                 <wp:docPr id="1" name="Image 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
@@ -8713,86 +8816,86 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7C5CC584" w14:textId="77777777" w:rsidR="003922CD" w:rsidRDefault="003922CD">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -8807,287 +8910,291 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-It">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1465199935"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2007863762"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="3C697474" w14:textId="43791854" w:rsidR="003922CD" w:rsidRDefault="003922CD">
+          <w:p w14:paraId="3C697474" w14:textId="0A8604BA" w:rsidR="003922CD" w:rsidRDefault="003922CD">
             <w:pPr>
               <w:pStyle w:val="Pieddepage"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000A209E">
+            <w:r w:rsidR="00B01220">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> sur </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000A209E">
+            <w:r w:rsidR="00B01220">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="6E91C0B1" w14:textId="23241F72" w:rsidR="003922CD" w:rsidRDefault="003922CD">
     <w:pPr>
       <w:pStyle w:val="Corpsdetexte"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1089619694"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:p w14:paraId="5D062BE3" w14:textId="457157F2" w:rsidR="003922CD" w:rsidRDefault="003922CD">
+          <w:p w14:paraId="5D062BE3" w14:textId="57EE7D5F" w:rsidR="003922CD" w:rsidRDefault="003922CD">
             <w:pPr>
               <w:pStyle w:val="Pieddepage"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Page </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>PAGE</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000A209E">
+            <w:r w:rsidR="00B01220">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
-              <w:t>6</w:t>
+              <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> sur </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText>NUMPAGES</w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="000A209E">
+            <w:r w:rsidR="00B01220">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0D802206" w14:textId="7119775B" w:rsidR="003922CD" w:rsidRDefault="003922CD">
     <w:pPr>
       <w:pStyle w:val="Corpsdetexte"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
@@ -10044,161 +10151,163 @@
   <w:num w:numId="5">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00164C73"/>
     <w:rsid w:val="00041E5C"/>
     <w:rsid w:val="000A209E"/>
     <w:rsid w:val="000B7890"/>
     <w:rsid w:val="000C7018"/>
     <w:rsid w:val="00116665"/>
     <w:rsid w:val="00126958"/>
     <w:rsid w:val="00164C73"/>
     <w:rsid w:val="00191677"/>
     <w:rsid w:val="001E2610"/>
     <w:rsid w:val="001E5FDC"/>
     <w:rsid w:val="0023178D"/>
     <w:rsid w:val="00231C2D"/>
     <w:rsid w:val="002A22B7"/>
     <w:rsid w:val="00346CA9"/>
     <w:rsid w:val="00374F39"/>
     <w:rsid w:val="003922CD"/>
     <w:rsid w:val="003D0132"/>
     <w:rsid w:val="004068F0"/>
     <w:rsid w:val="004163C6"/>
     <w:rsid w:val="004220A8"/>
+    <w:rsid w:val="00456A0E"/>
     <w:rsid w:val="00490BDA"/>
     <w:rsid w:val="004D2EED"/>
     <w:rsid w:val="004E4CA2"/>
     <w:rsid w:val="00544CE9"/>
     <w:rsid w:val="00565A08"/>
     <w:rsid w:val="00585DDC"/>
     <w:rsid w:val="00590A33"/>
     <w:rsid w:val="00592C48"/>
     <w:rsid w:val="00593243"/>
     <w:rsid w:val="005D7332"/>
     <w:rsid w:val="005F61AB"/>
     <w:rsid w:val="0060684C"/>
     <w:rsid w:val="006771F0"/>
     <w:rsid w:val="006A3EB6"/>
     <w:rsid w:val="006A5567"/>
     <w:rsid w:val="006D0AB9"/>
     <w:rsid w:val="006D7552"/>
     <w:rsid w:val="00703277"/>
     <w:rsid w:val="00710EE1"/>
     <w:rsid w:val="007F66D8"/>
     <w:rsid w:val="00801F8F"/>
     <w:rsid w:val="00815969"/>
     <w:rsid w:val="009865F2"/>
     <w:rsid w:val="009D4A95"/>
     <w:rsid w:val="00A072EF"/>
     <w:rsid w:val="00A26479"/>
     <w:rsid w:val="00A343C4"/>
     <w:rsid w:val="00A43951"/>
     <w:rsid w:val="00A503E7"/>
     <w:rsid w:val="00A6094C"/>
     <w:rsid w:val="00A64BC4"/>
     <w:rsid w:val="00A9402B"/>
     <w:rsid w:val="00AE2727"/>
+    <w:rsid w:val="00B01220"/>
     <w:rsid w:val="00BE216C"/>
     <w:rsid w:val="00BE39FD"/>
     <w:rsid w:val="00C94977"/>
     <w:rsid w:val="00CB1F6C"/>
     <w:rsid w:val="00CB6F47"/>
     <w:rsid w:val="00CC4F87"/>
     <w:rsid w:val="00CE29D4"/>
     <w:rsid w:val="00CF30B0"/>
     <w:rsid w:val="00D415DD"/>
     <w:rsid w:val="00D42B5C"/>
     <w:rsid w:val="00D765FA"/>
     <w:rsid w:val="00DB0B77"/>
     <w:rsid w:val="00DC5E0B"/>
     <w:rsid w:val="00DD21F8"/>
     <w:rsid w:val="00E97942"/>
     <w:rsid w:val="00EA76D7"/>
     <w:rsid w:val="00EC1AF3"/>
     <w:rsid w:val="00EF3FB2"/>
     <w:rsid w:val="00FF4E5D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="53249"/>
+    <o:shapedefaults v:ext="edit" spidmax="55297"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="402D468E"/>
   <w15:docId w15:val="{88B33E49-24A7-4E47-92C5-4E74E96F4413}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -12033,86 +12142,86 @@
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
@@ -12127,58 +12236,58 @@
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MyriadPro-It">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE4AC5"/>
     <w:rsid w:val="00071C1B"/>
     <w:rsid w:val="00AE4AC5"/>
     <w:rsid w:val="00EC4EE8"/>
     <w:rsid w:val="00ED192C"/>
   </w:rsids>
@@ -15106,87 +15215,87 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2E951E4-1140-47C3-893B-7C05CE867028}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C5061C0-F6B1-40AC-8DB1-482442800D46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>1452</Words>
-  <Characters>7988</Characters>
+  <Words>1460</Words>
+  <Characters>8032</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - Dossier de faisabilité VAE.docx</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Paris Ouest Nanterre La Défense</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9422</CharactersWithSpaces>
+  <CharactersWithSpaces>9474</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - Dossier de faisabilité VAE.docx</dc:title>
   <dc:creator>Bertrand Clara</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2018-09-12T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Word</vt:lpwstr>