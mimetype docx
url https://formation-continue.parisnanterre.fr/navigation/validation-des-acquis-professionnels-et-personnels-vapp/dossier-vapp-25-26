--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -1,140 +1,140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="33D8E00E" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a"/>
         <w:tblW w:w="10674" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2829"/>
         <w:gridCol w:w="7845"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842C2F" w14:paraId="478D555C" w14:textId="77777777">
+      <w:tr w:rsidR="00842C2F">
         <w:trPr>
           <w:trHeight w:val="1559"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="221855C6" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:noProof/>
                 <w:color w:val="FF6600"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A6C77C1" wp14:editId="6E3B0898">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>5715</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>-272415</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="1656715" cy="353695"/>
                   <wp:effectExtent l="0" t="0" r="635" b="8255"/>
                   <wp:wrapNone/>
                   <wp:docPr id="18" name="image3.jpg"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9" cstate="print">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
@@ -152,279 +152,288 @@
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                   <wp14:sizeRelH relativeFrom="page">
                     <wp14:pctWidth>0</wp14:pctWidth>
                   </wp14:sizeRelH>
                   <wp14:sizeRelV relativeFrom="page">
                     <wp14:pctHeight>0</wp14:pctHeight>
                   </wp14:sizeRelV>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7845" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A9F5ADC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="63003C"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="63003C"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Dossier de demande de VAPP</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E6D59CC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="63003C"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="63003C"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
               <w:t>Validation des Études, Expériences Professionnelles ou Acquis Personnels</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="741AE9EE" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192" w:rsidP="00856749">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="center" w:pos="4536"/>
                 <w:tab w:val="right" w:pos="9072"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="63003C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="63003C"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pour l’année universitaire 2025-2026</w:t>
+              <w:t>pour l’année universitaire 202</w:t>
+            </w:r>
+            <w:r w:rsidR="00856749">
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:color w:val="63003C"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6-2027</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="141074AE" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1335"/>
           <w:tab w:val="center" w:pos="4890"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="A40052"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
         <w:t xml:space="preserve">  L’ensemble des informations communiquées sont à usage strictement interne et sont soumises à confidentialité</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="A40052"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5658EAE9" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1335"/>
           <w:tab w:val="center" w:pos="4890"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a0"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1843"/>
         <w:gridCol w:w="2439"/>
         <w:gridCol w:w="2381"/>
         <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842C2F" w14:paraId="72418E94" w14:textId="77777777" w:rsidTr="00991FAF">
+      <w:tr w:rsidR="00842C2F" w:rsidTr="00991FAF">
         <w:trPr>
           <w:trHeight w:val="1184"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C38D339" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
                 <w:id w:val="-938906152"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="008D279B">
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00991FAF">
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Madame </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B0BFEBC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
                 <w:id w:val="-33890156"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00A57837">
@@ -440,102 +449,102 @@
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>Monsieur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="363841A6" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">NOM de naissance : </w:t>
             </w:r>
             <w:r w:rsidR="00991FAF">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style4"/>
                 </w:rPr>
                 <w:id w:val="479202836"/>
                 <w:placeholder>
                   <w:docPart w:val="7206D921A6494C719B11B37C4D189724"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="C0C0C0"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Policepardfaut"/>
                   <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="00991FAF">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>entrer votre texte</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="273B3E7F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="008B3E3B">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="008B3E3B">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>NOM d’usage</w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style2"/>
                 </w:rPr>
                 <w:id w:val="1840963694"/>
                 <w:placeholder>
@@ -560,51 +569,51 @@
                     <w:placeholder>
                       <w:docPart w:val="2F46C62DED42423CAE7059E092FD1700"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:color w:val="C0C0C0"/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="Policepardfaut"/>
                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="26D942AA" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Prénom : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style2"/>
                 </w:rPr>
                 <w:id w:val="1875808347"/>
                 <w:placeholder>
                   <w:docPart w:val="88E6F0BD14DE4B6A983308BE04A2AF6D"/>
                 </w:placeholder>
                 <w15:color w:val="C0C0C0"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
@@ -635,51 +644,51 @@
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77DF33E5" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Date de naissance : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:tag w:val="goog_rdk_2"/>
                 <w:id w:val="-1178274355"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent/>
             </w:sdt>
             <w:sdt>
               <w:sdtPr>
@@ -723,51 +732,51 @@
                     <w:placeholder>
                       <w:docPart w:val="F492E04C98C54604B635FBF3C8BC147D"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:color w:val="C0C0C0"/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="Policepardfaut"/>
                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="48D6C49D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="002261A8" w:rsidP="00991FAF">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="002261A8" w:rsidP="00991FAF">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>Â</w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">ge :  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style4"/>
                 </w:rPr>
                 <w:id w:val="-264924207"/>
                 <w:placeholder>
@@ -785,66 +794,66 @@
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="007763E5">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>entrer votre texte</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007763E5">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>ans</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00842C2F" w14:paraId="068B225D" w14:textId="77777777" w:rsidTr="00991FAF">
+      <w:tr w:rsidR="00842C2F" w:rsidTr="00991FAF">
         <w:trPr>
           <w:trHeight w:val="178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5807B1E9" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="right" w:pos="10206"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t>Téléphone portable :</w:t>
             </w:r>
             <w:r w:rsidR="00991FAF">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
@@ -873,51 +882,51 @@
                     <w:placeholder>
                       <w:docPart w:val="6DCB37AA38F0406B8B153AAEE2572C5B"/>
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:color w:val="C0C0C0"/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="Policepardfaut"/>
                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="3A411215" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="right" w:pos="10206"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Téléphone fixe : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style2"/>
                 </w:rPr>
                 <w:id w:val="1423527929"/>
                 <w:placeholder>
                   <w:docPart w:val="FAB0EDE91E4D4D348B8866F33E87E6C9"/>
                 </w:placeholder>
                 <w15:color w:val="C0C0C0"/>
@@ -951,51 +960,51 @@
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6D5F92AF" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4627"/>
                 <w:tab w:val="right" w:pos="10206"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Adresse mail : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style2"/>
                 </w:rPr>
                 <w:id w:val="347615793"/>
                 <w:placeholder>
                   <w:docPart w:val="73F4340CFE024733A7A237B89193E161"/>
                 </w:placeholder>
@@ -1020,66 +1029,66 @@
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:color w:val="C0C0C0"/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="Policepardfaut"/>
                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00991FAF" w14:paraId="200613C2" w14:textId="77777777" w:rsidTr="00991FAF">
+      <w:tr w:rsidR="00991FAF" w:rsidTr="00991FAF">
         <w:trPr>
           <w:trHeight w:val="245"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22B1F4B9" w14:textId="77777777" w:rsidR="00991FAF" w:rsidRDefault="00991FAF">
+          <w:p w:rsidR="00991FAF" w:rsidRDefault="00991FAF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4627"/>
                 <w:tab w:val="right" w:pos="10206"/>
               </w:tabs>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Adresse : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style2"/>
                 </w:rPr>
                 <w:id w:val="-1120764315"/>
                 <w:placeholder>
                   <w:docPart w:val="1B19CB199EB545C6B23B09996BB4C76C"/>
                 </w:placeholder>
@@ -1104,66 +1113,66 @@
                     </w:placeholder>
                     <w:showingPlcHdr/>
                     <w15:color w:val="C0C0C0"/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="Policepardfaut"/>
                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00991FAF" w14:paraId="2ECA1F55" w14:textId="77777777" w:rsidTr="00991FAF">
+      <w:tr w:rsidR="00991FAF" w:rsidTr="00991FAF">
         <w:trPr>
           <w:trHeight w:val="178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4282" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2430B5F2" w14:textId="77777777" w:rsidR="00991FAF" w:rsidRDefault="00991FAF" w:rsidP="00991FAF">
+          <w:p w:rsidR="00991FAF" w:rsidRDefault="00991FAF" w:rsidP="00991FAF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4471"/>
                 <w:tab w:val="left" w:pos="4627"/>
                 <w:tab w:val="right" w:pos="10206"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Code Postal : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style2"/>
                 </w:rPr>
                 <w:id w:val="189960485"/>
                 <w:placeholder>
                   <w:docPart w:val="8EAB599DB24045DF9A9DA85EB9AEEC0E"/>
                 </w:placeholder>
@@ -1198,51 +1207,51 @@
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6208" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7BC0CECA" w14:textId="77777777" w:rsidR="00991FAF" w:rsidRDefault="00991FAF" w:rsidP="00991FAF">
+          <w:p w:rsidR="00991FAF" w:rsidRDefault="00991FAF" w:rsidP="00991FAF">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="4627"/>
                 <w:tab w:val="right" w:pos="10206"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
               <w:t xml:space="preserve">Ville : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style2"/>
                 </w:rPr>
                 <w:id w:val="2057739351"/>
                 <w:placeholder>
                   <w:docPart w:val="34F681F79D204D23B5A57849546BF2BF"/>
                 </w:placeholder>
                 <w15:color w:val="C0C0C0"/>
@@ -1267,89 +1276,89 @@
                     <w:showingPlcHdr/>
                     <w15:color w:val="C0C0C0"/>
                   </w:sdtPr>
                   <w:sdtEndPr>
                     <w:rPr>
                       <w:rStyle w:val="Policepardfaut"/>
                       <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:sdtEndPr>
                   <w:sdtContent>
                     <w:r w:rsidR="007763E5">
                       <w:rPr>
                         <w:rStyle w:val="Textedelespacerserv"/>
                       </w:rPr>
                       <w:t>entrer votre texte</w:t>
                     </w:r>
                   </w:sdtContent>
                 </w:sdt>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1B20D4C6" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a1"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="10490"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842C2F" w14:paraId="7BFB4982" w14:textId="77777777">
+      <w:tr w:rsidR="00842C2F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10490" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="558F820D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1" w:rsidP="00557998">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE" w:rsidP="00557998">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:tag w:val="goog_rdk_4"/>
                 <w:id w:val="-659696799"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C86192">
                   <w:rPr>
                     <w:rFonts w:ascii="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:cs="Arial Unicode MS"/>
                     <w:color w:val="000000"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:sdtContent>
@@ -1359,91 +1368,91 @@
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Vous demandez à intégrer une formation diplômante via une Validation d’Acquis Professionnels et Perso</w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>nnels</w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> (VAPP) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7D7D098E" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="40E48ED0" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Formation demandée via la VAPP</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B478FB7" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="23612444" w14:textId="77777777" w:rsidR="00EF0584" w:rsidRDefault="005432F1">
+          <w:p w:rsidR="00EF0584" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
                 <w:id w:val="-244956166"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
@@ -1584,51 +1593,51 @@
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A57837">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>année</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60B914CD" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
                 <w:id w:val="555739526"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
@@ -1819,102 +1828,102 @@
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00A57837">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00A57837">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C077DA">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>année</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="375FDCFB" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
                 <w:id w:val="232983041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="001757C4">
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001757C4">
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Licence Professionnelle</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73AD6139" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
                 <w:id w:val="126665633"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
@@ -2044,400 +2053,406 @@
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A57837">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">année  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D77B1F4" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
                 <w:id w:val="-1057006253"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="007763E5">
                   <w:rPr>
                     <w:rStyle w:val="Style3"/>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001757C4">
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C86192">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Diplôme d’ingénieur</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F2CD5C" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24BD1598" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557998">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Mention</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style4"/>
                 </w:rPr>
                 <w:id w:val="-1874834359"/>
+                <w:placeholder>
+                  <w:docPart w:val="CFFB0B4A69FD47CE9C2C6FC6E6B5C3A2"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="C0C0C0"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Policepardfaut"/>
                   <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="007763E5">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>entrer votre texte</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007763E5">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04F23387" w14:textId="77777777" w:rsidR="007763E5" w:rsidRDefault="007763E5">
+          <w:p w:rsidR="007763E5" w:rsidRDefault="007763E5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5AAF6435" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192" w:rsidP="00557998">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192" w:rsidP="00557998">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="right" w:pos="4536"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00557998">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Parcours</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:r w:rsidR="00557998">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="Style4"/>
                 </w:rPr>
                 <w:id w:val="1422921268"/>
+                <w:placeholder>
+                  <w:docPart w:val="D24647CB5B2D4B5B8CE955153FF457C4"/>
+                </w:placeholder>
                 <w:showingPlcHdr/>
                 <w15:color w:val="C0C0C0"/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="Policepardfaut"/>
                   <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="007763E5">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>entrer votre texte</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="15A43EDE" w14:textId="77777777" w:rsidR="002C4715" w:rsidRDefault="002C4715" w:rsidP="002C4715">
+          <w:p w:rsidR="002C4715" w:rsidRDefault="002C4715" w:rsidP="002C4715">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:highlight w:val="yellow"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="590C768E" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E2D105C" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="31D96D0B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7D390DBE" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="10D12E8F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43F3D33B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="72400093" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1C630D74" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F07CCF8" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
+    <w:p w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="094F17EB" w14:textId="77777777" w:rsidR="00A57837" w:rsidRDefault="00A57837">
+    <w:p w:rsidR="00A57837" w:rsidRDefault="00A57837">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A555356" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="766AD039" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF0584">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Votre situation à la date du dépôt de votre demande de validation</w:t>
       </w:r>
       <w:r w:rsidRPr="00EF0584">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00EF0584" w:rsidRPr="00EF0584">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AC30D92" w14:textId="77777777" w:rsidR="00557998" w:rsidRDefault="005432F1" w:rsidP="00557998">
+    <w:p w:rsidR="00557998" w:rsidRDefault="000672FE" w:rsidP="00557998">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="651498234"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
@@ -2623,51 +2638,51 @@
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:r w:rsidR="008D279B">
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> Intérim</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27EC856A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1" w:rsidP="00557998">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE" w:rsidP="00557998">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="5387"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_24"/>
           <w:id w:val="865569639"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
@@ -2692,51 +2707,51 @@
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Salarié</w:t>
       </w:r>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> de la fonction publique </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37C6F239" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="1997538569"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="2108623795"/>
@@ -2749,51 +2764,51 @@
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:r w:rsidR="008D279B">
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:tab/>
         <w:t>Titulaire de la fonction publique</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66474FD1" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="497621900"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="245393941"/>
@@ -2812,51 +2827,51 @@
               <w:r w:rsidR="008D279B">
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:tab/>
         <w:t>Intermittent</w:t>
       </w:r>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> du spectacle</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58CE0055" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="53280065"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="516976319"/>
@@ -2886,175 +2901,187 @@
       <w:r w:rsidR="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:tab/>
         <w:t>Travailleur indépendant</w:t>
       </w:r>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> (précisez) </w:t>
       </w:r>
       <w:r w:rsidR="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style2"/>
           </w:rPr>
           <w:id w:val="1275757326"/>
+          <w:placeholder>
+            <w:docPart w:val="ECC8270F27B74C738565AFCDF99E39AE"/>
+          </w:placeholder>
           <w15:color w:val="C0C0C0"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Policepardfaut"/>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:b w:val="0"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style4"/>
               </w:rPr>
               <w:id w:val="163214823"/>
+              <w:placeholder>
+                <w:docPart w:val="931C29FE3BE34C2EB7D3454724557DDE"/>
+              </w:placeholder>
               <w:showingPlcHdr/>
               <w15:color w:val="C0C0C0"/>
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Policepardfaut"/>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:r w:rsidR="009D274E">
                 <w:rPr>
                   <w:rStyle w:val="Textedelespacerserv"/>
                 </w:rPr>
                 <w:t>entrer votre texte</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="71EF9CEF" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">Nom et adresse de l'employeur (ou des employeurs) : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style4"/>
           </w:rPr>
           <w:id w:val="-480154718"/>
+          <w:placeholder>
+            <w:docPart w:val="6A553DC3EF284ADBB062E5DF5B8267E1"/>
+          </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Policepardfaut"/>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="007763E5">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="106477C9" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9072"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">Poste(s) ou emploi(s) / fonction(s) : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style4"/>
           </w:rPr>
           <w:id w:val="-1092236616"/>
+          <w:placeholder>
+            <w:docPart w:val="48E131D37C5B4B088ECAF952871870AA"/>
+          </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Policepardfaut"/>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="007763E5">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="79541057" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="-404299734"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="512114761"/>
@@ -3067,51 +3094,51 @@
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:r w:rsidR="008D279B">
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Bénéficiaire du RSA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2903CDE5" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="-1997873812"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="-804379509"/>
@@ -3168,93 +3195,96 @@
         <w:sdtContent/>
       </w:sdt>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_31"/>
           <w:id w:val="-398755282"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent/>
       </w:sdt>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_32"/>
           <w:id w:val="-1561867765"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent/>
       </w:sdt>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">d’emploi </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11FEA070" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">Dernière inscription le : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style4"/>
           </w:rPr>
           <w:id w:val="-613287932"/>
+          <w:placeholder>
+            <w:docPart w:val="358190B0D17448BBB577051EFE06DFBA"/>
+          </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Policepardfaut"/>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="007763E5">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="705D9EC8" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="3119"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="1197964717"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
@@ -3338,51 +3368,51 @@
             <w:sdtContent>
               <w:r w:rsidR="008D279B">
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D279B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Non indemnisé</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A16467" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="540"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
@@ -3435,107 +3465,122 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">(précisez) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style4"/>
           </w:rPr>
           <w:id w:val="1559278449"/>
+          <w:placeholder>
+            <w:docPart w:val="6EB57E41D7DC44F39E27DFC75D040E2F"/>
+          </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Policepardfaut"/>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="007763E5">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="1495A61A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C11EF63" w14:textId="3610FECE" w:rsidR="00E20E84" w:rsidRDefault="00E20E84" w:rsidP="00E20E84">
+    <w:p w:rsidR="00E20E84" w:rsidRDefault="00E20E84" w:rsidP="00E20E84">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E20E84">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Avez-vous pris connaissance de la </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="00A57837">
+        <w:r w:rsidRPr="00BA6ED5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           </w:rPr>
-          <w:t>présentation portant sur la reprise d'études</w:t>
+          <w:t>présentation portan</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BA6ED5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          </w:rPr>
+          <w:t>t</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00BA6ED5">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> sur la reprise d'études</w:t>
         </w:r>
       </w:hyperlink>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> à l’U</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">niversité Paris </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_39"/>
           <w:id w:val="-1777778615"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent/>
       </w:sdt>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_40"/>
@@ -3549,51 +3594,51 @@
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Nanterre</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20E84">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>, disponible sur le site de la DFCA</w:t>
       </w:r>
       <w:r w:rsidRPr="00E20E84">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> ?</w:t>
       </w:r>
       <w:r w:rsidR="008B3E3B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67198ECA" w14:textId="77777777" w:rsidR="008D279B" w:rsidRDefault="005432F1" w:rsidP="008D279B">
+    <w:p w:rsidR="008D279B" w:rsidRDefault="000672FE" w:rsidP="008D279B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_20"/>
           <w:id w:val="1361781259"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
               <w:id w:val="1508172998"/>
               <w14:checkbox>
                 <w14:checked w14:val="0"/>
                 <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -3650,1327 +3695,1172 @@
             </w:sdtPr>
             <w:sdtEndPr>
               <w:rPr>
                 <w:rStyle w:val="Style3"/>
               </w:rPr>
             </w:sdtEndPr>
             <w:sdtContent>
               <w:r w:rsidR="008D279B">
                 <w:rPr>
                   <w:rStyle w:val="Style3"/>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                 </w:rPr>
                 <w:t>☐</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="008D279B">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> NON </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A87D5D0" w14:textId="77777777" w:rsidR="00E20E84" w:rsidRDefault="00E20E84">
+    <w:p w:rsidR="00E20E84" w:rsidRDefault="00E20E84">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28228520" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE" w:rsidP="00EF32F3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="10260"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_37"/>
           <w:id w:val="-1590996250"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent/>
       </w:sdt>
       <w:sdt>
         <w:sdtPr>
           <w:tag w:val="goog_rdk_38"/>
           <w:id w:val="-1941838559"/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent/>
       </w:sdt>
-      <w:r w:rsidR="00E20E84" w:rsidRPr="00E20E84">
-[...32 lines deleted...]
-          <w:u w:val="single"/>
+      <w:r w:rsidR="00C86192">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C86192">
-[...12 lines deleted...]
-    <w:p w14:paraId="4F59DA11" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    </w:p>
+    <w:p w:rsidR="00E20E84" w:rsidRDefault="00E20E84">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
-      <w:sdt>
-[...110 lines deleted...]
-    <w:p w14:paraId="01F726C0" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    </w:p>
+    <w:p w:rsidR="009D274E" w:rsidRDefault="009D274E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01964714" w14:textId="77777777" w:rsidR="009D274E" w:rsidRDefault="009D274E">
+    <w:p w:rsidR="009D274E" w:rsidRDefault="009D274E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D318E00" w14:textId="77777777" w:rsidR="009D274E" w:rsidRDefault="009D274E">
+    <w:p w:rsidR="009D274E" w:rsidRDefault="009D274E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71218EA0" w14:textId="77777777" w:rsidR="009D274E" w:rsidRDefault="009D274E">
+    <w:p w:rsidR="00557998" w:rsidRDefault="00557998">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F698E3B" w14:textId="77777777" w:rsidR="00557998" w:rsidRDefault="00557998">
-[...10 lines deleted...]
-    <w:p w14:paraId="7F823BE1" w14:textId="77777777" w:rsidR="00CD6030" w:rsidRPr="009D274E" w:rsidRDefault="00BF186B" w:rsidP="009D274E">
+    <w:p w:rsidR="00CD6030" w:rsidRPr="009D274E" w:rsidRDefault="00BF186B" w:rsidP="009D274E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">*** </w:t>
       </w:r>
       <w:r w:rsidR="00CD6030" w:rsidRPr="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>POINT IMPORTANT </w:t>
       </w:r>
       <w:r w:rsidR="009D274E" w:rsidRPr="009D274E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>***</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42402DC2" w14:textId="77777777" w:rsidR="00CD6030" w:rsidRPr="00D4282E" w:rsidRDefault="00CD6030">
+    <w:p w:rsidR="00CD6030" w:rsidRPr="00D4282E" w:rsidRDefault="00CD6030">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3328519B" w14:textId="77777777" w:rsidR="00CD6030" w:rsidRPr="00D4282E" w:rsidRDefault="00CD6030" w:rsidP="009D274E">
+    <w:p w:rsidR="00CD6030" w:rsidRPr="00D4282E" w:rsidRDefault="00CD6030" w:rsidP="009D274E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4282E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Si vous estimez pouvoir demander une éventuelle dispense de matière ou d’unité d’enseignement, merci de vous adresser au secrétariat pédagogique lors de l’inscription pédagogique.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CCF70E4" w14:textId="77777777" w:rsidR="009D274E" w:rsidRDefault="00CD6030" w:rsidP="009D274E">
+    <w:p w:rsidR="009D274E" w:rsidRDefault="00CD6030" w:rsidP="009D274E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D4282E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>Il faudra être en mesure d’apporter les justi</w:t>
       </w:r>
       <w:r w:rsidR="004D1661" w:rsidRPr="00D4282E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve">ficatifs nécessaires comme </w:t>
       </w:r>
       <w:r w:rsidRPr="00D4282E">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>il vous sera indiqué.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D2A9C8B" w14:textId="77777777" w:rsidR="009D274E" w:rsidRDefault="009D274E">
+    <w:p w:rsidR="009D274E" w:rsidRDefault="009D274E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="56C43F6F" w14:textId="77777777" w:rsidR="009D274E" w:rsidRPr="009D274E" w:rsidRDefault="009D274E" w:rsidP="009D274E">
+    <w:p w:rsidR="009D274E" w:rsidRPr="009D274E" w:rsidRDefault="009D274E" w:rsidP="009D274E">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41C27558" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C1C79A6" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF6600"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B73B67C" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="E36C09"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="63003C"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Sommaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312CA371" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
-[...13 lines deleted...]
-    <w:p w14:paraId="0AFA4333" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Présentation des motivations et du parcours en lien avec la demande de VAPP</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DF0A111" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Lettre argumentant votre demande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535FE317" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Expériences professionnelles en lien avec la formation visée</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2097C1FF" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Expériences </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t>extra professionnelles</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78FA28E7" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30001AE2" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Formations</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F141869" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Formations diplômantes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10F9327D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Stages associés à une formation diplômante</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43129DAE" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Formations non diplômantes, colloques, séminaires</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3805DC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Compétences linguistiques</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C45A71B" w14:textId="77777777" w:rsidR="00C151F5" w:rsidRDefault="00C151F5" w:rsidP="009D274E">
+    <w:p w:rsidR="00C151F5" w:rsidRDefault="00C151F5" w:rsidP="009D274E">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27289D03" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="-11"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C1C4CA3" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4"/>
         </w:tabs>
         <w:ind w:left="-11"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="69C5951E" wp14:editId="5BF6A14C">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-76199</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>85725</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6781800" cy="1126304"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="16" name="Rectangle 16"/>
+                <wp:docPr id="16" name=""/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="1959863" y="2937038"/>
                           <a:ext cx="6772275" cy="1685925"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="12700" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="183C5C"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3F47354C" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="91425" rIns="91425" bIns="91425" anchor="ctr" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback>
             <w:pict>
               <v:rect id="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:-6pt;margin-top:6.75pt;width:534pt;height:88.7pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCvP6FzIgIAADUEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/s7mU3qKmK9RShLRi&#10;Ky18wNRxGku+YbtN+veMnbIt8ICEeHFm4uMzM2dmVo+DkuTMnRdG17R4yCnhmplG6GNNv33dvVtQ&#10;4gPoBqTRvKYX7unj+u2bVW8rXprOyIY7giTaV72taReCrbLMs44r8A/Gco2XrXEKArrumDUOemRX&#10;MivzfJb1xjXWGca9x7/b8ZKuE3/bchae29bzQGRNMbeQTpfOQzyz9QqqowPbCXZNA/4hCwVCY9BX&#10;qi0EICcn/qBSgjnjTRsemFGZaVvBeKoBqyny36p56cDyVAuK4+2rTP7/0bIv570josHezSjRoLBH&#10;UZTe+grvXuzeXT2PZqxwaJ2KX8ydDPhsOV0uZhNKLjUtl5N5PlmMovIhEIaA2XxelvMpJQwRxWwx&#10;XZbTiMhuVNb58IkbRaJRU4ddS2LC+cmHEfoTEiNrsxNS4n+opCY9spbzHJvLAAeolRDQVBZL8vqY&#10;eLyRoolv4hPvjoeNdOQMOBLFYrKZbq7p/AKLAbfguxGXrsa6nDnpJgXvODQfdUPCxaJqGuebxmy8&#10;okRy3AY0Ei6AkH/HoR5SoyxR+VHraIXhMCBJNA+muWCvvGU7gck9gQ97cDitBYbFCcaA30/gMAn5&#10;WeOILIv3qDQJ9467dw73DmjWGVwMFhwlo7MJaVFGyT+cgmlF6sYtmWu6OJupn9c9isN/7yfUbdvX&#10;PwAAAP//AwBQSwMEFAAGAAgAAAAhADP6mUfeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81u&#10;wjAQhO+V+g7WVuoNbChEJcRB/VFvRSq03E28TaLa6yh2IH37Lqdy290ZzX5TbEbvxAn72AbSMJsq&#10;EEhVsC3VGr4+3yaPIGIyZI0LhBp+McKmvL0pTG7DmXZ42qdacAjF3GhoUupyKWPVoDdxGjok1r5D&#10;703ita+l7c2Zw72Tc6Uy6U1L/KExHb40WP3sB6/h/aMasoV99Qt63o711h12bnRa39+NT2sQCcf0&#10;b4YLPqNDyUzHMJCNwmmYzObcJbHwsARxMahlxpcjTyu1AlkW8rpD+QcAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQCvP6FzIgIAADUEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQAz+plH3gAAAAsBAAAPAAAAAAAAAAAAAAAAAHwEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" filled="f" strokecolor="#183c5c" strokeweight="1pt">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short" joinstyle="round"/>
                 <v:textbox inset="2.53958mm,2.53958mm,2.53958mm,2.53958mm">
                   <w:txbxContent>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44B4ED2B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>Pièces justificatives à joindre à ce dossier</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BFB704C" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Justificatif(s) d'emploi (certificat de travail, fiche de paie...)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2810001B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Copie de diplôme(s), ou relevé de notes si diplôme non obtenu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08E0E640" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Tout document que vous jugez pertinent par rapport aux éléments que vous présentez dans les différentes parties de ce dossier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36EDE1F1" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
-[...6 lines deleted...]
-    <w:p w14:paraId="5F01B955" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="366091"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="602FE976" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="366091"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="291C502D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="-11"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E3C8EF0" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="63003C"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="63003C"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="63003C"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="63003C"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="366091"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="344456B1" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="63003C"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="63003C"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="63003C"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="63003C"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
         <w:t>LIRE LES CONSIGNES GÉNÉRALES PAGE SUIVANTE AVANT DE DÉBUTER</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CBEA569" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="63003C"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="63003C"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="63003C"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="63003C"/>
         </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="A40052"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78DC7034" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="366091"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC96A89" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF6600"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3908D61F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF6600"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="230B40A0" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF6600"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01BAFA0B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Consignes générales</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D172925" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9276A3" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19DE4846" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
@@ -5011,206 +4901,206 @@
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> des différentes parties du dossier </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
         <w:t xml:space="preserve">afin d’en </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>faciliter la lecture.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F875F0C" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0756435A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13628E11" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
         <w:t>Consignes pour la</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> rédaction </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
         <w:t>du dossier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F0E8C2" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="231E385D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Votre </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
         <w:t>dossier</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> doit être rédigé, développé et détaillé afin que l’équipe enseignante concernée puisse se faire un avis sur la pertinence de votre demande.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5965121D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="283"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1574C392" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
@@ -5235,882 +5125,827 @@
         <w:t>en mettant en avant la relation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> qui existe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> entre vos acquis et la formation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> que vous souhaitez intégrer via la VAPP </w:t>
+        <w:t xml:space="preserve"> que vous souhaitez intégrer via la VAPP</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3B7F7422" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:r w:rsidR="00EF32F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="305480"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+          <w:color w:val="305480"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="239709C1" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les règles de mise en forme à respecter</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="745DFCF0" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="54BD7C7F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Accordez-vous le temps nécessaire pour répondre précisément à toutes les rubriques qui vous concernent.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="045DF0FA" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22F25C52" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Soyez très attentifs à l’orthographe et à la syntaxe et faites-vous relire. Le soin que vous apporterez à ce dossier témoignera de votre motivation et de votre rapport à l’écriture.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46CC83CA" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2EE8B998" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Choisissez une police de caractère standard : Times New Roman, Arial ou Verdana, police 11.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3124D48F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CFB51B5" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
         <w:t>Les outils pour vous aider</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="007A6BD8" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7387DDE9" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>La présentation du diplôme que vous trouverez sur le site de l’Université Paris Nanterre et qui comprend, en général, une présentation des emplois visés et une liste des enseignements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E592670" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Il est conseillé de contacter l'équipe enseignante afin d'avoir, si besoin, des informations complémentaires sur le contenu des enseignements.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D246030" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="778B18E8" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="003247B9">
-[...70 lines deleted...]
-    <w:p w14:paraId="04159A1D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">La fiche RNCP (Répertoire national des certifications professionnelles) du diplôme visé : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12">
+      <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:i/>
             <w:color w:val="305480"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>http://www.rncp.cncp.gouv.fr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w14:paraId="4BC5F758" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04AEB647" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Le site de France Compétences : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13">
+      <w:hyperlink r:id="rId12">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.francecompetences.fr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D9363F6" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A6EA79C" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Les fiches métiers se rapprochant de votre activité, si possible, par exemple :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6221044E" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
         <w:t>Fiches</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ROME, Répertoire Opérationnel des Métiers et des Emplois : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14">
+      <w:hyperlink r:id="rId13">
         <w:r>
           <w:rPr>
             <w:rFonts w:cs="Arial"/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.francetravail.fr</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, rubrique : Entreprise - Employeur /Vos recrutements/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Le ROME et les fiches métiers</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27AF0F1C" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fiches RIME, Répertoire Interministériel des Métiers de l’Etat : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId14">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://rime.fonction-publique.gouv.fr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01E378CC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Fiches APEC : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16">
+      <w:hyperlink r:id="rId15">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:i/>
             <w:color w:val="0000FF"/>
             <w:szCs w:val="20"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t>https://www.apec.fr/tous-nos-metiers.html</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9DD280" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Fiches Referens</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57A1284E" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C9424D5" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="357"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Votre fiche de poste si vous en avez une.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A55D9D1" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A9209FC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -6120,439 +5955,439 @@
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Votre curriculum vitae en lien avec la formation vi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
         </w:rPr>
         <w:t>sée</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F95C0F8" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="FF6600"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F18BB51" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02D6E85F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>PRÉSENTATION DES MOTIVATIONS ET DU PARCOURS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099D451B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7170BFF3" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="007A2B2B">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="007A2B2B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="1F96D50D" wp14:editId="78781189">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-112395</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>271145</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6677025" cy="3020695"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="27305"/>
                 <wp:wrapSquare wrapText="bothSides" distT="45720" distB="45720" distL="114300" distR="114300"/>
-                <wp:docPr id="17" name="Rectangle 17"/>
+                <wp:docPr id="17" name=""/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6677025" cy="3020695"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="0B5394"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="56505701" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="6326A1CB" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>Sur la forme</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>, il vous est demandé de présenter ce document comme une lettre classique, à l'attention de la commission pédagogique VAPP, avec les formules de politesse habituelles. Veillez à structurer vos idées (une idée par paragraphe).</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5C19E02E" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="67BA3314" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>Sur le fond</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, cette lettre est à distinguer de la lettre de motivation habituellement utilisée pour la recherche d’emploi. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6D467575" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="4314F89F" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="00A73882" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="00A73882" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>En une</w:t>
                             </w:r>
                             <w:r w:rsidR="007A2B2B">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> page maximum, vous pouvez structurer votre lettre de motivation autour de ces points : </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1692D3FD" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="19DB5DCA" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="00A73882">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="00A73882">
                             <w:pPr>
-                              <w:pStyle w:val="Pardeliste"/>
+                              <w:pStyle w:val="Paragraphedeliste"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="11"/>
                               </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00A73882">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Votre parcours, votre situation actuelle et votre projet (poste occupé, poste visé, recherche d’emploi, etc.)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0FA9CFCC" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
-                              <w:pStyle w:val="Pardeliste"/>
+                              <w:pStyle w:val="Paragraphedeliste"/>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="00958E8B" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
-                              <w:pStyle w:val="Pardeliste"/>
+                              <w:pStyle w:val="Paragraphedeliste"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="11"/>
                               </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:hanging="294"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>C</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00343E79">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>e qu’apporterait cette formation/ce diplôme à votre projet </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="048A1E47" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="709" w:hanging="294"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="41B82A9D" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A73882" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A73882" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
-                              <w:pStyle w:val="Pardeliste"/>
+                              <w:pStyle w:val="Paragraphedeliste"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="11"/>
                               </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:hanging="294"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r w:rsidRPr="00343E79">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>Vos atouts qui, selon vous, peuvent correspondre au niveau et aux prérequis attendus pour l’entrée en formation</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="51479D70" w14:textId="77777777" w:rsidR="00A73882" w:rsidRDefault="00A73882" w:rsidP="00A73882">
+                          <w:p w:rsidR="00A73882" w:rsidRDefault="00A73882" w:rsidP="00A73882">
                             <w:pPr>
-                              <w:pStyle w:val="Pardeliste"/>
+                              <w:pStyle w:val="Paragraphedeliste"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="436FA874" w14:textId="77777777" w:rsidR="00A73882" w:rsidRPr="00A73882" w:rsidRDefault="00A73882" w:rsidP="00A73882">
+                          <w:p w:rsidR="00A73882" w:rsidRPr="00A73882" w:rsidRDefault="00A73882" w:rsidP="00A73882">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>Vous évoquerez l</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A73882">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>es raisons qui vous conduisent à entreprendre cett</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>e démarche de reprise d’études.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="2D9E5105" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback>
             <w:pict>
               <v:rect id="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:-8.85pt;margin-top:21.35pt;width:525.75pt;height:237.85pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1+9KPKAIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06TdXrZR0xVsKUJa&#10;LZUWPmDiOI0l37DdJv17xk5pu4CEhMiDO/aMj8+cmenqoVeSHLnzwuiSjkc5JVwzUwu9L+m3r9t3&#10;95T4ALoGaTQv6Yl7+rB++2bV2YJPTGtkzR1BEO2Lzpa0DcEWWeZZyxX4kbFco7MxTkHArdtntYMO&#10;0ZXMJnk+zzrjausM497j6WZw0nXCbxrOwpem8TwQWVLkFtLq0lrFNVuvoNg7sK1gZxrwDywUCI2P&#10;XqA2EIAcnPgNSgnmjDdNGDGjMtM0gvGUA2Yzzn/J5qUFy1MuKI63F5n8/4Nlz8edI6LG2i0o0aCw&#10;RlGUzvoCfS925847j2bMsG+cir/InfRJyNNFSN4HwvBwPl8s8smMEoa+u3ySz5eziJpdr1vnwydu&#10;FIlGSR1WKgkIxycfhtCfIfE1b6Sot0LKtHH76lE6cgSs6jZ9Z/RXYVKTrqTLWSIC2FyNhICclMV0&#10;vd6n917d8LfA+YfZ3XL6J+BIbAO+HQgkhBgGhRIBu1kKVdL7PH7Dccuh/qhrEk4W5dU4CDQy84oS&#10;yXFs0EjXAwj59zgUUWrUMpZoKEq0Ql/1Qx0jVjypTH3C2nrLtgIJP4EPO3DY3WN8HTse3/1+AIdc&#10;5GeNLbUcT6NSIW2mswWyJ+7WU916QLPW4CChoIP5GNJYRRm0eX8IphGpjlcqZ87YyakTzlMXR+V2&#10;n6Ku/w3rHwAAAP//AwBQSwMEFAAGAAgAAAAhANTZMc3eAAAACwEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj01vwjAMhu+T9h8iT9oN0pauoK4pQgguu/F1D43XVjROaQJ0/37mtJ0sy49eP2+xHG0n7jj4&#10;1pGCeBqBQKqcaalWcDxsJwsQPmgyunOECn7Qw7J8fSl0btyDdnjfh1pwCPlcK2hC6HMpfdWg1X7q&#10;eiS+fbvB6sDrUEsz6AeH204mUZRJq1viD43ucd1gddnfrIJrts7qrwv2m116SrZ0qk16XCn1/jau&#10;PkEEHMMfDE99VoeSnc7uRsaLTsEkns8ZVZAmPJ9ANJtxmbOCj3iRgiwL+b9D+QsAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQD1+9KPKAIAAGMEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQDU2THN3gAAAAsBAAAPAAAAAAAAAAAAAAAAAIIEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" strokecolor="#0b5394">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
@@ -6767,544 +6602,583 @@
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consignes pour rédiger la lettre argumentant votre demande</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D80C562" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="E36C09"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2020EB63" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.1- LETTRE ARGUMENTANT VOTRE DEMANDE EN LIEN AVEC LA FORMATION VISÉE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F303F1" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6AEAF942" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53694878" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rStyle w:val="Style4"/>
           </w:rPr>
           <w:id w:val="1219938593"/>
+          <w:placeholder>
+            <w:docPart w:val="95D3821AE3F443E39E7CD12C79E84DE0"/>
+          </w:placeholder>
           <w:showingPlcHdr/>
           <w15:color w:val="C0C0C0"/>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rStyle w:val="Policepardfaut"/>
             <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
             <w:sz w:val="20"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
           <w:r w:rsidR="007763E5">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="090E083A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A5E4A5F" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
+    <w:p w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E580C49" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="008D279B">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="008D279B">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="3145AF5A" wp14:editId="5964EFD4">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-48895</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>391160</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6677660" cy="4856480"/>
                 <wp:effectExtent l="0" t="0" r="27940" b="20320"/>
                 <wp:wrapSquare wrapText="bothSides" distT="45720" distB="45720" distL="114300" distR="114300"/>
-                <wp:docPr id="15" name="Rectangle 15"/>
+                <wp:docPr id="15" name=""/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6677660" cy="4856480"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="126934ED" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="69202AC8" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>Doivent être présentées les expériences professionnelles dont les apports ont un lien avec la formation visée VAPP :</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="12162DD3" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="77E8B218" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Pour chaque expérience professionnelle, il vous est demandé de renseigner le tableau figurant page suivante et d’aborder les trois points suivants : </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="350536A2" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="240DBEB1" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="720" w:firstLine="360"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>PRÉSENTATION DU CONTEXTE PROFESSIONNEL</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E595DF9" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                             <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="426"/>
+                              <w:ind w:left="567" w:hanging="283"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00CB4982">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Dénomination de votre unité de travail (service, département, etc.)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0576F2DA" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                             <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="426"/>
+                              <w:ind w:left="567" w:hanging="283"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00CB4982">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Son rôle au sein de l’entreprise, son effectif, son organisation générale (qui fait quoi dans l’équipe par exemple)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3F4F3D0F" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                             <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="426"/>
+                              <w:ind w:left="567" w:hanging="283"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
-                            <w:r>
+                            <w:r w:rsidRPr="00CB4982">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Joindre, si possible, un organigramme qui permette de vous positionner (vous pouvez le reconstruire vous-même si nécessaire)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5DE63433" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="636D7ADE" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="720" w:firstLine="360"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>A</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>CTIVITÉS PRINCIPALES / RESPONSABILITÉS</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7A0F7787" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                             <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="426"/>
+                              <w:ind w:left="567" w:hanging="283"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Présentation de vos principales activités et réalisations significatives, des projets importants conçus, coordonnés, mis en œuvre, pilotés : moyens, méthodes et outils éventuellement mis en œuvre</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3E6970ED" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                             <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="426"/>
+                              <w:ind w:left="567" w:hanging="283"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005E12ED">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Apport de précisions, si besoin, sur la nature et l’étendue de vos responsabilités (sur les plans technique, organisationnel, managérial, financier, etc.)</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6E1E09BD" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="00F27CB5" w:rsidRPr="00343E79" w:rsidRDefault="00F27CB5" w:rsidP="00F27CB5">
+                            <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:ind w:left="567"/>
+                              <w:jc w:val="both"/>
+                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                                <w:color w:val="366091"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="720"/>
-[...7 lines deleted...]
-                              <w:ind w:left="426"/>
+                              <w:ind w:left="567"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Il ne s’agit pas ici de faire un copier-coller de votre CV mais, sur la base de celui-ci, d’expliquer ce que vous faites ou avez fait concrètement.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="72608495" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="7BCB35AC" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:ind w:left="720" w:firstLine="360"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t xml:space="preserve">APPORTS DE CETTE EXPÉRIENCE </w:t>
                             </w:r>
                             <w:r w:rsidR="00A73882">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>EN LIEN AVEC LA FORMATION VISEE</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3DD6F6E7" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                             <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="1133" w:hanging="707"/>
+                              <w:ind w:left="567" w:hanging="283"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Présentation de ce que cette expérience vous a apporté et / ou appris.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7ACAD9A6" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="530CBE6C" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2AF21EA9" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Veuillez présenter vos expériences,</w:t>
                             </w:r>
                             <w:r w:rsidR="00D6297D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
@@ -7323,75 +7197,75 @@
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>dupliquant la page suivante</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> autant de fois que nécessaire.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="258F02AD" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback>
             <w:pict>
               <v:rect id="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:-3.85pt;margin-top:30.8pt;width:525.8pt;height:382.4pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCNAnntJgIAAGMEAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2jAQfa/Uf7D8XhIQBDYirKqlVJVW&#10;LdK2HzA4NrHkW21Dwt93bCiwbaVKVfNgxp7bmTMzLB8HrciR+yCtaeh4VFLCDbOtNPuGfvu6ebeg&#10;JEQwLShreENPPNDH1ds3y97VfGI7q1ruCQYxoe5dQ7sYXV0UgXVcQxhZxw0qhfUaIl79vmg99Bhd&#10;q2JSllXRW986bxkPAV/XZyVd5fhCcBa/CBF4JKqhiC3m0+dzl85itYR678F1kl1gwD+g0CANJr2G&#10;WkMEcvDyt1BaMm+DFXHErC6sEJLxXANWMy5/qealA8dzLUhOcFeawv8Lyz4ft57IFns3o8SAxh4l&#10;UnoXatS9uK2/3AKKqcJBeJ1+ETsZMpGnK5F8iIThY1XN51WFfDPUTRezarrIVBc3d+dD/MitJklo&#10;qMdOZQLh+BwipkTTnyYpW7BKthupVL74/e5JeXIE7OomfwkzurwyU4b0DX2YTbAyBjhcQkFEUTss&#10;N5h9zvfKI9wHLvP3p8AJ2BpCdwaQIyQzqLWMOM1K6oYurt5QdxzaD6Yl8eSQXoOLQBOyoClRHNcG&#10;heweQaq/22GZymC1qUXnpiQpDrsh93GSYqWXnW1P2Nvg2EYi4GcIcQsep3uM2XHiMe/3A3jEoj4Z&#10;HKmH8TQxFfNlOpuX2D9/r9nda8CwzuIiIaFn8SnmtUo0GPv+EK2QuY83KBfMOMm5V5etS6tyf89W&#10;t/+G1Q8AAAD//wMAUEsDBBQABgAIAAAAIQCIPfB83gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/NTsMwEITvSLyDtUhcUOv0R0lJs6kgEkeQSHmAbbwkUWM7ip0f3h73BMfRjGa+yU6L7sTEg2ut&#10;QdisIxBsKqtaUyN8nd9WBxDOk1HUWcMIP+zglN/fZZQqO5tPnkpfi1BiXEoIjfd9KqWrGtbk1rZn&#10;E7xvO2jyQQ61VAPNoVx3chtFsdTUmrDQUM9Fw9W1HDXC2e3agrsycdNUvr8W45Oe6QPx8WF5OYLw&#10;vPi/MNzwAzrkgeliR6Oc6BBWSRKSCPEmBnHzo/3uGcQF4bCN9yDzTP6/kP8CAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAjQJ57SYCAABjBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEAiD3wfN4AAAAKAQAADwAAAAAAAAAAAAAAAACABAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAIsFAAAAAA==&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
@@ -7430,233 +7304,269 @@
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="720" w:firstLine="360"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>PRÉSENTATION DU CONTEXTE PROFESSIONNEL</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                       <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="426"/>
+                        <w:ind w:left="567" w:hanging="283"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00CB4982">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>Dénomination de votre unité de travail (service, département, etc.)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                       <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="426"/>
+                        <w:ind w:left="567" w:hanging="283"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00CB4982">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>Son rôle au sein de l’entreprise, son effectif, son organisation générale (qui fait quoi dans l’équipe par exemple)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                       <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="426"/>
+                        <w:ind w:left="567" w:hanging="283"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
-                      <w:r>
+                      <w:r w:rsidRPr="00CB4982">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>Joindre, si possible, un organigramme qui permette de vous positionner (vous pouvez le reconstruire vous-même si nécessaire)</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="720" w:firstLine="360"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>A</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>CTIVITÉS PRINCIPALES / RESPONSABILITÉS</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                       <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="426"/>
+                        <w:ind w:left="567" w:hanging="283"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>Présentation de vos principales activités et réalisations significatives, des projets importants conçus, coordonnés, mis en œuvre, pilotés : moyens, méthodes et outils éventuellement mis en œuvre</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00343E79" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                       <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="426"/>
+                        <w:ind w:left="567" w:hanging="283"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005E12ED">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>Apport de précisions, si besoin, sur la nature et l’étendue de vos responsabilités (sur les plans technique, organisationnel, managérial, financier, etc.)</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                    <w:p w:rsidR="00F27CB5" w:rsidRPr="00343E79" w:rsidRDefault="00F27CB5" w:rsidP="00F27CB5">
+                      <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:ind w:left="567"/>
+                        <w:jc w:val="both"/>
+                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                          <w:color w:val="366091"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="720"/>
-[...7 lines deleted...]
-                        <w:ind w:left="426"/>
+                        <w:ind w:left="567"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>Il ne s’agit pas ici de faire un copier-coller de votre CV mais, sur la base de celui-ci, d’expliquer ce que vous faites ou avez fait concrètement.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:ind w:left="720" w:firstLine="360"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t xml:space="preserve">APPORTS DE CETTE EXPÉRIENCE </w:t>
                       </w:r>
                       <w:r w:rsidR="00A73882">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>EN LIEN AVEC LA FORMATION VISEE</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
+                    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00CB4982">
                       <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="1133" w:hanging="707"/>
+                        <w:ind w:left="567" w:hanging="283"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>Présentation de ce que cette expérience vous a apporté et / ou appris.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="008D279B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
@@ -7729,291 +7639,291 @@
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Consignes pour présenter vos expériences professionnelles </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62DC040A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D93E454" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DAB2530" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1.2 - EXPÉRIENCES PROFESSIONNELLES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49BE5E88" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="273D54CF" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INTITULÉ DE L’EMPLOI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76EB5506" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2620"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00757E5B" w14:paraId="51C25583" w14:textId="77777777" w:rsidTr="008D279B">
+      <w:tr w:rsidR="00757E5B" w:rsidTr="008D279B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3D29C07D" w14:textId="77777777" w:rsidR="006F3BEE" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
+          <w:p w:rsidR="006F3BEE" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ANNÉE / DURÉE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="05CA5840" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
+          <w:p w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="3EA844C0" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00757E5B" w:rsidP="002F4443">
+          <w:p w:rsidR="00757E5B" w:rsidRDefault="00757E5B" w:rsidP="002F4443">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ENTREPRISE</w:t>
             </w:r>
             <w:r w:rsidR="00E9470B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidR="002F4443">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r w:rsidR="00E9470B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>TABLISSEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="586247C0" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ACTIVITÉS PRINCIPALES / RESPONSABILITÉS</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D676DF6" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00E9470B">
+          <w:p w:rsidR="00757E5B" w:rsidRDefault="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidR="00757E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>MISSIONS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="13F24EB6" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00E9470B" w:rsidP="00D6297D">
+          <w:p w:rsidR="00757E5B" w:rsidRDefault="00E9470B" w:rsidP="00D6297D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPORTS DE</w:t>
             </w:r>
             <w:r w:rsidR="00757E5B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> CETTE </w:t>
             </w:r>
             <w:r w:rsidR="00757E5B" w:rsidRPr="00A73882">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
@@ -8036,729 +7946,788 @@
             </w:r>
             <w:r w:rsidR="00C151F5" w:rsidRPr="00A73882">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> EN LIEN AVEC LA FORMATION VIS</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r w:rsidR="00C151F5" w:rsidRPr="00A73882">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00757E5B" w14:paraId="7DDD5A08" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="00757E5B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="275761AD" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
+          <w:p w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="5E4AF094" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BFC4996" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRPr="008D279B" w:rsidRDefault="00757E5B">
+          <w:p w:rsidR="00757E5B" w:rsidRPr="008D279B" w:rsidRDefault="00757E5B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="189FE7F2" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRPr="008D279B" w:rsidRDefault="00757E5B">
+          <w:p w:rsidR="00757E5B" w:rsidRPr="008D279B" w:rsidRDefault="00757E5B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4991EA7B" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRPr="008D279B" w:rsidRDefault="00757E5B">
+          <w:p w:rsidR="00757E5B" w:rsidRPr="008D279B" w:rsidRDefault="00757E5B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D279B" w14:paraId="4F0266AC" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="008D279B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD3CD95" w14:textId="77777777" w:rsidR="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6B829D86" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CE21A10" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="590E9F5E" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2104C4E6" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D279B" w14:paraId="19B15FC9" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="008D279B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A29BA63" w14:textId="77777777" w:rsidR="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1DE04301" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F774B70" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E95EBDD" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="388677DE" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44B45738" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5582D7D5" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
+    <w:p w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="179EF414" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
+    <w:p w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="480653BE" w14:textId="77777777" w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
+    <w:p w:rsidR="00757E5B" w:rsidRDefault="00757E5B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35C78DDF" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="366091"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="366091"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consignes pour présenter vos expériences extra-professionnelles</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="10517395" wp14:editId="1FCBCD42">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>-38099</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>337820</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6687525" cy="3662443"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapSquare wrapText="bothSides" distT="45720" distB="45720" distL="114300" distR="114300"/>
-                <wp:docPr id="13" name="Rectangle 13"/>
+                <wp:docPr id="13" name=""/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="2007000" y="1955645"/>
                           <a:ext cx="6678000" cy="3648710"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="47588926" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="2A923EF6" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Doivent être présentées les expériences extra-professionnelles dont les apports ont </w:t>
                             </w:r>
                             <w:r w:rsidR="00A73882">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>un lien avec la formation visée.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="47863A22" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>Supprimez cette page et la suivante si vous ne renseignez pas cette rubrique.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0371113B" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="23AEC6F9" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Pour chaque expérience extra-professionnelle, il vous est demandé de renseigner le tableau figurant page suivante et d’aborder les points suivants : </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="0313FD53" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="30EA1BD7" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A73882">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="000672FE">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:firstLine="426"/>
+                              <w:ind w:left="720" w:firstLine="360"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>CONTEXTE ET ACTIVITÉS PRINCIPALES</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="203AD3E9" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A31FD8">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00F27CB5" w:rsidRDefault="007A2B2B" w:rsidP="00F27CB5">
+                            <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:ind w:left="567" w:hanging="283"/>
+                              <w:jc w:val="both"/>
+                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                                <w:color w:val="366091"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F27CB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                                <w:color w:val="366091"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Présentation de l’organisation générale de la structure </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00F27CB5">
+                            <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:ind w:left="567" w:hanging="283"/>
+                              <w:jc w:val="both"/>
+                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00F27CB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                                <w:color w:val="366091"/>
+                              </w:rPr>
+                              <w:t>Présentation</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00A31FD8">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                                <w:color w:val="305480"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> de vos principales activités et réalisations significatives</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A31FD8">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="1134" w:hanging="708"/>
+                              <w:ind w:left="426"/>
+                              <w:textDirection w:val="btLr"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00EC11FC">
+                            <w:pPr>
+                              <w:spacing w:line="240" w:lineRule="auto"/>
+                              <w:ind w:left="567"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">Présentation de l’organisation générale de la structure </w:t>
+                              <w:t xml:space="preserve">Il ne </w:t>
                             </w:r>
-                          </w:p>
-[...5 lines deleted...]
-                              <w:textDirection w:val="btLr"/>
+                            <w:r w:rsidRPr="00EC11FC">
                               <w:rPr>
-                                <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
+                                <w:color w:val="366091"/>
                               </w:rPr>
-                            </w:pPr>
+                              <w:t>s’agit</w:t>
+                            </w:r>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
-                              <w:t>Présentation de vos principales activités et réalisations significatives</w:t>
+                              <w:t xml:space="preserve"> pas ici de faire un copier-coller de votre CV. Il s’agit plutôt d’expliquer ce que vous faites ou avez fait concrètement.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="3A465434" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A31FD8">
-[...30 lines deleted...]
-                          <w:p w14:paraId="5B591E50" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="04ECB99C" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A73882">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="000672FE">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:firstLine="426"/>
+                              <w:ind w:left="720" w:firstLine="360"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">APPORTS DE CETTE EXPÉRIENCE </w:t>
+                              <w:t>APPOR</w:t>
+                            </w:r>
+                            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                            <w:bookmarkEnd w:id="0"/>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:b/>
+                                <w:i/>
+                                <w:color w:val="366091"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">TS DE CETTE EXPÉRIENCE </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A73882">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>EN LIEN AVEC LA FORMATION VISEE</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="08994149" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A31FD8">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00F27CB5">
                             <w:pPr>
+                              <w:pStyle w:val="Paragraphedeliste"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="12"/>
+                              </w:numPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
-                              <w:ind w:left="1134" w:hanging="708"/>
+                              <w:ind w:left="567" w:hanging="283"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
+                            <w:r w:rsidRPr="00F27CB5">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                                <w:i/>
+                                <w:color w:val="366091"/>
+                              </w:rPr>
+                              <w:t>Présentation</w:t>
+                            </w:r>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
-                              <w:t>Présentation de ce que cette expérience vous a apporté et / ou appris.</w:t>
+                              <w:t xml:space="preserve"> de ce que cette expérience vous a apporté et / ou appris.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7A6A360D" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="57A89B30" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Veuillez présenter vos expériences extra-professionnelles, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="005548F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>de la plus récente à la plus ancienne en dupliquant la page suivante</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A31FD8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> autant de fois que nécessaire.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="7A56740C" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback>
             <w:pict>
               <v:rect id="_x0000_s1029" style="position:absolute;left:0;text-align:left;margin-left:-3pt;margin-top:26.6pt;width:526.6pt;height:288.4pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxIDjFNAIAAG8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO0zAQfUfiHyy/06SX9BI1XaEtRUgr&#10;qLTwAVPHaSz5hu026d8zdsq2C0hIiDw443h8Zs6cmawfeiXJmTsvjK7oeJRTwjUztdDHin77unu3&#10;pMQH0DVIo3lFL9zTh83bN+vOlnxiWiNr7giCaF92tqJtCLbMMs9arsCPjOUaDxvjFATcumNWO+gQ&#10;XclskufzrDOuts4w7j1+3Q6HdJPwm4az8KVpPA9EVhRzC2l1aT3ENdusoTw6sK1g1zTgH7JQIDQG&#10;fYHaQgBycuI3KCWYM940YcSMykzTCMYTB2Qzzn9h89yC5YkLFsfblzL5/wfLPp/3jogatZtSokGh&#10;RrEonfUlnj3bvbvuPJqRYd84Fd+YO+kriiIs8hxLe0GIVVHMZ8VQVN4HwtBhPl8skwNDj+l8tlyM&#10;U9mzG5R1PnzkRpFoVNShaqmYcH7yAcOj60+XGNkbKeqdkDJt3PHwKB05Ayq8S0+Mj1deuUlNuoqu&#10;iklBCQNstEZCQFNZpO71McV7dcPfAyOByOEPwDGxLfh2SCAhDPyVCNjZUqiKRv7DbShbDvUHXZNw&#10;sVhqjUNBY2ZeUSI5jhAaGAXKAEL+3Q9pSo1so1yDQNEK/aFPmk4jVvxyMPUFdfaW7QQm/AQ+7MFh&#10;p48xOnY/xv1+Aoe5yE8a22s1nsVKhbSZFagwJe7+5HB/Apq1BocKCzqYjyGNWOShzftTMI1IOt5S&#10;ueaMXZ20uk5gHJv7ffK6/Sc2PwAAAP//AwBQSwMEFAAGAAgAAAAhAPNKpjzdAAAACgEAAA8AAABk&#10;cnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1SFxQa9NAikKcCiJxBKkpD7CNlyQiXkex88Pb457g&#10;NqtZzXyTH1bbi5lG3znWcL9VIIhrZzpuNHye3jZPIHxANtg7Jg0/5OFQXF/lmBm38JHmKjQihrDP&#10;UEMbwpBJ6euWLPqtG4ij9+VGiyGeYyPNiEsMt73cKZVKix3HhhYHKluqv6vJajj5pCupr/Z+nqv3&#10;13K6swt+aH17s748gwi0hr9nuOBHdCgi09lNbLzoNWzSOCVoeEx2IC6+ethHddaQJkqBLHL5f0Lx&#10;CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADEgOMU0AgAAbwQAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPNKpjzdAAAACgEAAA8AAAAAAAAAAAAA&#10;AAAAjgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACYBQAAAAA=&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A31FD8">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -8817,205 +8786,264 @@
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A31FD8">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Pour chaque expérience extra-professionnelle, il vous est demandé de renseigner le tableau figurant page suivante et d’aborder les points suivants : </w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A73882">
+                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="000672FE">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:firstLine="426"/>
+                        <w:ind w:left="720" w:firstLine="360"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A31FD8">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>CONTEXTE ET ACTIVITÉS PRINCIPALES</w:t>
                       </w:r>
                     </w:p>
+                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00F27CB5" w:rsidRDefault="007A2B2B" w:rsidP="00F27CB5">
+                      <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:ind w:left="567" w:hanging="283"/>
+                        <w:jc w:val="both"/>
+                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                          <w:color w:val="366091"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F27CB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                          <w:color w:val="366091"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Présentation de l’organisation générale de la structure </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00F27CB5">
+                      <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:ind w:left="567" w:hanging="283"/>
+                        <w:jc w:val="both"/>
+                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00F27CB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                          <w:color w:val="366091"/>
+                        </w:rPr>
+                        <w:t>Présentation</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00A31FD8">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                          <w:color w:val="305480"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> de vos principales activités et réalisations significatives</w:t>
+                      </w:r>
+                    </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A31FD8">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="1134" w:hanging="708"/>
+                        <w:ind w:left="426"/>
+                        <w:textDirection w:val="btLr"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00EC11FC">
+                      <w:pPr>
+                        <w:spacing w:line="240" w:lineRule="auto"/>
+                        <w:ind w:left="567"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A31FD8">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">Présentation de l’organisation générale de la structure </w:t>
+                        <w:t xml:space="preserve">Il ne </w:t>
                       </w:r>
-                    </w:p>
-[...5 lines deleted...]
-                        <w:textDirection w:val="btLr"/>
+                      <w:r w:rsidRPr="00EC11FC">
                         <w:rPr>
-                          <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
+                          <w:color w:val="366091"/>
                         </w:rPr>
-                      </w:pPr>
+                        <w:t>s’agit</w:t>
+                      </w:r>
                       <w:r w:rsidRPr="00A31FD8">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
-                        <w:t>Présentation de vos principales activités et réalisations significatives</w:t>
-[...30 lines deleted...]
-                        <w:t>Il ne s’agit pas ici de faire un copier-coller de votre CV. Il s’agit plutôt d’expliquer ce que vous faites ou avez fait concrètement.</w:t>
+                        <w:t xml:space="preserve"> pas ici de faire un copier-coller de votre CV. Il s’agit plutôt d’expliquer ce que vous faites ou avez fait concrètement.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A73882">
+                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="000672FE">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:firstLine="426"/>
+                        <w:ind w:left="720" w:firstLine="360"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">APPORTS DE CETTE EXPÉRIENCE </w:t>
+                        <w:t>APPOR</w:t>
+                      </w:r>
+                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+                      <w:bookmarkEnd w:id="1"/>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:b/>
+                          <w:i/>
+                          <w:color w:val="366091"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">TS DE CETTE EXPÉRIENCE </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A73882">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="366091"/>
                         </w:rPr>
                         <w:t>EN LIEN AVEC LA FORMATION VISEE</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00A31FD8">
+                    <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B" w:rsidP="00F27CB5">
                       <w:pPr>
+                        <w:pStyle w:val="Paragraphedeliste"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="12"/>
+                        </w:numPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
-                        <w:ind w:left="1134" w:hanging="708"/>
+                        <w:ind w:left="567" w:hanging="283"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
+                      <w:r w:rsidRPr="00F27CB5">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                          <w:i/>
+                          <w:color w:val="366091"/>
+                        </w:rPr>
+                        <w:t>Présentation</w:t>
+                      </w:r>
                       <w:r w:rsidRPr="00A31FD8">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
-                        <w:t>Présentation de ce que cette expérience vous a apporté et / ou appris.</w:t>
+                        <w:t xml:space="preserve"> de ce que cette expérience vous a apporté et / ou appris.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRPr="00A31FD8" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:i/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A31FD8">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
@@ -9038,295 +9066,337 @@
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> autant de fois que nécessaire.</w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="439A626D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="E36C09"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14BED534" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>1.3 - EXPÉRIENCES EXTRA-PROFESSIONNELLES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7805EB0D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="63003C"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="63003C"/>
         </w:rPr>
         <w:t>(Expérience associative, syndicale, etc.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="161756A6" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="E36C09"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1863DAC6" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>INTITULÉ DE L'EXPÉRIENCE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:r>
-[...7 lines deleted...]
-    <w:p w14:paraId="49CCA7CF" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="Style2"/>
+          </w:rPr>
+          <w:id w:val="-415175572"/>
+          <w:placeholder>
+            <w:docPart w:val="FB7A02471B2E4398B8F8D64C630CE6D8"/>
+          </w:placeholder>
+          <w15:color w:val="C0C0C0"/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Policepardfaut"/>
+            <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+            <w:b w:val="0"/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:rStyle w:val="Style4"/>
+              </w:rPr>
+              <w:id w:val="1318925955"/>
+              <w:placeholder>
+                <w:docPart w:val="35B1BF20DE324ED38E8425746D2A09A9"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w15:color w:val="C0C0C0"/>
+            </w:sdtPr>
+            <w:sdtEndPr>
+              <w:rPr>
+                <w:rStyle w:val="Policepardfaut"/>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:sdtEndPr>
+            <w:sdtContent>
+              <w:r w:rsidR="00CE45F8">
+                <w:rPr>
+                  <w:rStyle w:val="Textedelespacerserv"/>
+                </w:rPr>
+                <w:t>entrer votre texte</w:t>
+              </w:r>
+            </w:sdtContent>
+          </w:sdt>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4B4E8DC9" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1FA22CD7" w14:textId="77777777" w:rsidR="008421D7" w:rsidRDefault="008421D7">
+    <w:p w:rsidR="008421D7" w:rsidRDefault="008421D7">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2620"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E9470B" w14:paraId="0C0A5C63" w14:textId="77777777" w:rsidTr="008D279B">
+      <w:tr w:rsidR="00E9470B" w:rsidTr="008D279B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9EFF43" w14:textId="77777777" w:rsidR="006F3BEE" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
+          <w:p w:rsidR="006F3BEE" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ANNÉE / DURÉE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DB367F0" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00BB307C" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00BB307C" w:rsidP="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="36A71750" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ENTREPRISE / </w:t>
             </w:r>
             <w:r w:rsidR="002F4443">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>TABLISSEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="43362996" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>EXPÉRIENCES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0FE62AF3" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00E9470B" w:rsidP="00D6297D">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="008D279B" w:rsidRDefault="00E9470B" w:rsidP="00D6297D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">APPORTS DE CETTE </w:t>
             </w:r>
             <w:r w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>EXP</w:t>
             </w:r>
             <w:r w:rsidR="002F4443" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
@@ -9342,508 +9412,508 @@
             </w:r>
             <w:r w:rsidR="00C151F5" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> EN LIEN AVEC LA FORMATION VIS</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r w:rsidR="00C151F5" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D279B" w14:paraId="2F426B25" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="008D279B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0486E69C" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="46499B54" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10D8C940" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67AD46A8" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7C93E3" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D279B" w14:paraId="17103ADE" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="008D279B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="221531B3" w14:textId="77777777" w:rsidR="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="22206FE7" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5171BC85" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="135A1EB9" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="035961F9" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D279B" w14:paraId="5FC5C313" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="008D279B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AF0CF8" w14:textId="77777777" w:rsidR="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2A917A62" w14:textId="77777777" w:rsidR="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A10D7D8" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="633555EE" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="102E6AD9" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="008D279B" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Open Sans" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40D98B3D" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRDefault="00E9470B">
+    <w:p w:rsidR="00E9470B" w:rsidRDefault="00E9470B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74BF8D1B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73953EDD" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">FORMATIONS </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F99A071" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="03ACE825" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="005548F5">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="005548F5">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="688E244E" wp14:editId="3013C18B">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1270</wp:posOffset>
+                  <wp:posOffset>2540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>325120</wp:posOffset>
+                  <wp:posOffset>323850</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6659880" cy="829310"/>
-                <wp:effectExtent l="0" t="0" r="26670" b="27940"/>
+                <wp:extent cx="6659880" cy="619125"/>
+                <wp:effectExtent l="0" t="0" r="26670" b="28575"/>
                 <wp:wrapSquare wrapText="bothSides" distT="45720" distB="45720" distL="114300" distR="114300"/>
-                <wp:docPr id="14" name="Rectangle 14"/>
+                <wp:docPr id="14" name=""/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6659880" cy="829310"/>
+                          <a:ext cx="6659880" cy="619125"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525" cap="flat" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:miter lim="800000"/>
                           <a:headEnd type="none" w="sm" len="sm"/>
                           <a:tailEnd type="none" w="sm" len="sm"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="10DF2429" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="005548F5" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="005548F5" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005548F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Doivent être présentées les formations suivies qui ont un lien avec la formation </w:t>
                             </w:r>
                             <w:r w:rsidR="002142F9">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="305480"/>
                               </w:rPr>
                               <w:t>visée.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="5B7AFC7A" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="005548F5" w:rsidRDefault="007A2B2B">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="005548F5" w:rsidRDefault="007A2B2B">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005548F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t>Pour chaque rubrique, vous dupliquerez les tableaux autant de fois que nécessaire.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1834CE62" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRPr="00EF0584" w:rsidRDefault="007A2B2B" w:rsidP="00EF0584">
+                          <w:p w:rsidR="007A2B2B" w:rsidRPr="00EF0584" w:rsidRDefault="007A2B2B" w:rsidP="00EF0584">
                             <w:pPr>
                               <w:spacing w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="both"/>
                               <w:textDirection w:val="btLr"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="005548F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Veuillez présenter vos formations, </w:t>
                             </w:r>
                             <w:r w:rsidRPr="005548F5">
                               <w:rPr>
                                 <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                                 <w:b/>
                                 <w:i/>
                                 <w:color w:val="366091"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>de la plus récente à la plus ancienne.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+          <mc:Fallback>
             <w:pict>
-              <v:rect id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:.1pt;margin-top:25.6pt;width:524.4pt;height:65.3pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDJ0GlKJAIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2uEjEQvjfxHZreyy4ICBuWE3MQY3Ki&#10;JEcfYOh22Sb9s1NgeXunBYGjJibGvSjTzt8338yweOiNZgcZUDlb8+Gg5Exa4RpldzX/9nX9ZsYZ&#10;RrANaGdlzU8S+cPy9avF0Vdy5DqnGxkYBbFYHX3Nuxh9VRQoOmkAB85LS8rWBQORrmFXNAGOFN3o&#10;YlSW0+LoQuODExKRXldnJV/m+G0rRfzStigj0zUnbDGfIZ/bdBbLBVS7AL5T4gID/gGFAWUp6TXU&#10;CiKwfVC/hTJKBIeujQPhTOHaVgmZa6BqhuUv1Tx34GWuhchBf6UJ/19Y8fmwCUw11LsxZxYM9SiR&#10;cvRYke7Zb8LlhiSmCvs2mPRL2FmfiTxdiZR9ZIIep9PJfDYjvgXpZqP522Fmurh5+4Dxo3SGJaHm&#10;gRqV+YPDE0bKSKY/TVIydFo1a6V1voTd9lEHdgBq6jp/CTK5vDDTlh1rPp+MJoQDaLZaDZFE46la&#10;tLuc74UH3gcu8/enwAnYCrA7A8gRkhlURkUaZq0MFX31hqqT0HywDYsnT+xa2gOekKHhTEvaGhKy&#10;ewSl/25HZWpL1aYOnXuSpNhv+9zGcYqVXrauOVFr0Yu1IsBPgHEDgYZ7SNlp4Cnv9z0EwqI/WZqo&#10;+XCcmIr5Mp68K6l94V6zvdeAFZ2jPSJCz+JjzFuVaLDu/T66VuU+3qBcMNMg515dli5tyv09W93+&#10;GpY/AAAA//8DAFBLAwQUAAYACAAAACEAir85TdwAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyP&#10;zU7EMAyE70i8Q2QkLohNu/xstzRdQSWOINHlAbKNaSsSp2rSH94e7wlOtjWj8TfFYXVWzDiG3pOC&#10;dJOAQGq86alV8Hl8vc1AhKjJaOsJFfxggEN5eVHo3PiFPnCuYys4hEKuFXQxDrmUoenQ6bDxAxJr&#10;X350OvI5ttKMeuFwZ+U2SR6l0z3xh04PWHXYfNeTU3AMd32Ftt6Fea7fXqrpxi36Xanrq/X5CUTE&#10;Nf6Z4YzP6FAy08lPZIKwCrbsU/CQ8jyryf2eq514y9IMZFnI/wXKXwAAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDJ0GlKJAIAAGIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQCKvzlN3AAAAAgBAAAPAAAAAAAAAAAAAAAAAH4EAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;">
+              <v:rect id="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:.2pt;margin-top:25.5pt;width:524.4pt;height:48.75pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCucGQPIwIAAGIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN2u2jAMvp+0d4hyP9oiYFBRjqbDmCYd&#10;bUhnewCTJjRS/pYEWt5+TuAAZ5s0aVovgh07n+3PNsuHQSty5D5IaxpajUpKuGG2lWbf0O/fNu/m&#10;lIQIpgVlDW/oiQf6sHr7Ztm7mo9tZ1XLPUEQE+reNbSL0dVFEVjHNYSRddygUVivIaLq90XroUd0&#10;rYpxWc6K3vrWect4CHi7PhvpKuMLwVn8KkTgkaiGYm4xnz6fu3QWqyXUew+uk+ySBvxDFhqkwaBX&#10;qDVEIAcvf4PSknkbrIgjZnVhhZCM5xqwmqr8pZrnDhzPtSA5wV1pCv8Pln05bj2RLfZuQokBjT1K&#10;pPQu1Gh7dlt/0QKKqcJBeJ1+MXcyZCJPVyL5EAnDy9lsupjPkW+Gtlm1qMbTBFrcXjsf4iduNUlC&#10;Qz02KvMHx6cQz64vLilYsEq2G6lUVvx+96g8OQI2dZO/C/orN2VI39DFFGMTBjhbQkFEUTusNph9&#10;jvfqRbgHLvP3J+CU2BpCd04gIyQ3qLWMOMxK6obOr6+h7ji0H01L4skhuwb3gKbMgqZEcdwaFPLz&#10;CFL93Q9JVAa5TB069yRJcdgNuY2ThJVudrY9YWuDYxuJCT9BiFvwONwVRseBx7g/DuAxF/XZ4EQt&#10;qkliKmZlMn1fYvv8vWV3bwHDOot7hISexceYtyrRYOyHQ7RC5j7eUrnkjIOcJ+GydGlT7vXsdftr&#10;WP0EAAD//wMAUEsDBBQABgAIAAAAIQAYl2qt3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/N&#10;TsMwEITvSLyDtUhcEHVaUlpCnAoicQSJtA/gxksSYa+j2Pnh7dme4LajGc1+kx8WZ8WEQ+g8KViv&#10;EhBItTcdNQpOx7f7PYgQNRltPaGCHwxwKK6vcp0ZP9MnTlVsBJdQyLSCNsY+kzLULTodVr5HYu/L&#10;D05HlkMjzaBnLndWbpLkUTrdEX9odY9li/V3NToFx/DQlWirXZim6v21HO/crD+Uur1ZXp5BRFzi&#10;Xxgu+IwOBTOd/UgmCKsg5ZyC7ZoHXdwkfdqAOPOV7rcgi1z+H1D8AgAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAK5wZA8jAgAAYgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhABiXaq3cAAAACAEAAA8AAAAAAAAAAAAAAAAAfQQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;">
                 <v:stroke startarrowwidth="narrow" startarrowlength="short" endarrowwidth="narrow" endarrowlength="short"/>
                 <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                   <w:txbxContent>
                     <w:p w:rsidR="007A2B2B" w:rsidRPr="005548F5" w:rsidRDefault="007A2B2B">
                       <w:pPr>
                         <w:spacing w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="both"/>
                         <w:textDirection w:val="btLr"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="005548F5">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
                           <w:i/>
                           <w:color w:val="305480"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Doivent être présentées les formations suivies qui ont un lien avec la formation </w:t>
                       </w:r>
                       <w:r w:rsidR="002142F9">
                         <w:rPr>
                           <w:rFonts w:ascii="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                           <w:b/>
@@ -9898,272 +9968,272 @@
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>de la plus récente à la plus ancienne.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C86192">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:i/>
           <w:color w:val="305480"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Consignes</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B5285CC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="E36C09"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="47E398FC" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.1- FORMATIONS DIPLÔMANTES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0170C608" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
         <w:t>(Diplômes obtenus ou non, en parcours de formation initiale ou en parcours de formation continue)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E69C326" w14:textId="77777777" w:rsidR="00580896" w:rsidRDefault="00580896">
+    <w:p w:rsidR="00580896" w:rsidRDefault="00580896">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1A706306" w14:textId="77777777" w:rsidR="00580896" w:rsidRDefault="00580896">
+    <w:p w:rsidR="00580896" w:rsidRDefault="00580896">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2620"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00580896" w14:paraId="793177D0" w14:textId="77777777" w:rsidTr="00580896">
+      <w:tr w:rsidR="00580896" w:rsidTr="00580896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6493906E" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="006F3BEE" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="006F3BEE" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ANNÉE / DURÉE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C18AF18" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2A01EB1C" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00D6297D" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00D6297D" w:rsidP="00580896">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r w:rsidR="00580896">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>TABLISSEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="26A55E46" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00580896" w:rsidP="00EF0584">
+          <w:p w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00580896" w:rsidP="00EF0584">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>INTITUL</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> DU DIPL</w:t>
             </w:r>
             <w:r w:rsidR="00EF0584">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>Ô</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="311E79C0" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="00E9470B" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPORTS DE CETTE EXP</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
@@ -10179,918 +10249,925 @@
             </w:r>
             <w:r w:rsidR="00CD6030" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>EN LIEN AVEC LA FORMATION VIS</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r w:rsidR="00CD6030" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580896" w14:paraId="308C68AA" w14:textId="77777777" w:rsidTr="00580896">
+      <w:tr w:rsidR="00580896" w:rsidTr="00580896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79CE682F" w14:textId="77777777" w:rsidR="00580896" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7E7FDC90" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A3D8C82" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76440501" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A80F6E5" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580896" w14:paraId="7706A74C" w14:textId="77777777" w:rsidTr="00580896">
+      <w:tr w:rsidR="00580896" w:rsidTr="00580896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="15980173" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="037C5B65" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54CAD129" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03C6F6D4" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02F7C9D5" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00580896" w14:paraId="6C9F9D63" w14:textId="77777777" w:rsidTr="00580896">
+      <w:tr w:rsidR="00580896" w:rsidTr="00580896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="554D1448" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="091000E0" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45FE485F" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="472B4ACA" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62E0FEE6" w14:textId="77777777" w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
+          <w:p w:rsidR="00580896" w:rsidRPr="002F4443" w:rsidRDefault="00580896" w:rsidP="00580896">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4265C504" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFD966"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55441394" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
-[...62 lines deleted...]
-    <w:p w14:paraId="6080E647" w14:textId="77777777" w:rsidR="009831EB" w:rsidRDefault="009831EB">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005548F5" w:rsidRDefault="005548F5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002142F9" w:rsidRDefault="002142F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE45F8" w:rsidRDefault="00CE45F8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CE45F8" w:rsidRDefault="00CE45F8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002142F9" w:rsidRDefault="002142F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002142F9" w:rsidRDefault="002142F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002142F9" w:rsidRDefault="002142F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002142F9" w:rsidRDefault="002142F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002142F9" w:rsidRDefault="002142F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002142F9" w:rsidRDefault="002142F9">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009831EB" w:rsidRDefault="009831EB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4C0F2C00" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>2.2 - STAGES ASSOCIÉS À UNE FORMATION DIPLÔMANTE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D17DFA7" w14:textId="77777777" w:rsidR="009831EB" w:rsidRDefault="009831EB">
+    <w:p w:rsidR="009831EB" w:rsidRDefault="009831EB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFE599"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2620"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E9470B" w14:paraId="2FDAA5CB" w14:textId="77777777" w:rsidTr="002F4443">
+      <w:tr w:rsidR="00E9470B" w:rsidTr="002F4443">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="17EBF9D7" w14:textId="77777777" w:rsidR="006F3BEE" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
+          <w:p w:rsidR="006F3BEE" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ANNÉE / DURÉE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="52DC5D6F" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6AF94B3B" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00D6297D" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00D6297D" w:rsidP="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ENTREPRISE / É</w:t>
             </w:r>
             <w:r w:rsidR="00E9470B">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>TABLISSEMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="78C80373" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>STAGES</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2C395E12" w14:textId="77777777" w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
+          <w:p w:rsidR="00E9470B" w:rsidRPr="00E9470B" w:rsidRDefault="00E9470B" w:rsidP="00E9470B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPORTS DE CETTE EXP</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>RIENCE</w:t>
             </w:r>
             <w:r w:rsidR="00CD6030">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD6030" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">EN LIEN </w:t>
-[...7 lines deleted...]
-              <w:t>AVEC LA FORMATION VIS</w:t>
+              <w:t>EN LIEN AVEC LA FORMATION VIS</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r w:rsidR="00CD6030" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D279B" w14:paraId="2D76E3DD" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="008D279B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72171AA2" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRDefault="00265BA7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B65BA66" w14:textId="77777777" w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
+          <w:p w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08ACDD82" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ABA80D7" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FEDB64A" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002F4443" w14:paraId="68296FF6" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="002F4443" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45106ADA" w14:textId="77777777" w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
+          <w:p w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21E017AC" w14:textId="77777777" w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
+          <w:p w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF8D93C" w14:textId="77777777" w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
+          <w:p w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61B28BAA" w14:textId="77777777" w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
+          <w:p w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A4F3CB" w14:textId="77777777" w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
+          <w:p w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008D279B" w14:paraId="0312E7E5" w14:textId="77777777" w:rsidTr="00265BA7">
+      <w:tr w:rsidR="008D279B" w:rsidTr="00265BA7">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18B91992" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1016AA6B" w14:textId="77777777" w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
+          <w:p w:rsidR="002F4443" w:rsidRPr="002F4443" w:rsidRDefault="002F4443" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50947D13" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8F1033" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A6D6D9C" w14:textId="77777777" w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
+          <w:p w:rsidR="008D279B" w:rsidRPr="002F4443" w:rsidRDefault="008D279B" w:rsidP="008D279B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0756F717" w14:textId="77777777" w:rsidR="009831EB" w:rsidRDefault="009831EB">
+    <w:p w:rsidR="009831EB" w:rsidRDefault="009831EB">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFE599"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E51D7FE" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="14D8034F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E03A256" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.3 - FORMATIONS NON DIPLÔMANTES, COLLOQUES, SÉMINAIRES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C779B04" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
         <w:t>(Y compris les formations suivies à titre personnel si elles sont pertinentes)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0382BB7A" w14:textId="77777777" w:rsidR="009831EB" w:rsidRDefault="009831EB">
+    <w:p w:rsidR="009831EB" w:rsidRDefault="009831EB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2619"/>
         <w:gridCol w:w="2620"/>
         <w:gridCol w:w="2620"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009831EB" w14:paraId="360BA384" w14:textId="77777777" w:rsidTr="00025220">
+      <w:tr w:rsidR="009831EB" w:rsidTr="00025220">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="495EF4B0" w14:textId="77777777" w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
+          <w:p w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="006F3BEE" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">ANNÉE / </w:t>
             </w:r>
             <w:r w:rsidR="006360A4" w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>DURÉE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5ADDD4B5" w14:textId="77777777" w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="009831EB" w:rsidP="006F3BEE">
+          <w:p w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="009831EB" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0B361C9E" w14:textId="77777777" w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="009831EB" w:rsidP="006F3BEE">
+          <w:p w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="009831EB" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>FORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="35F48C5A" w14:textId="77777777" w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="009831EB" w:rsidP="006F3BEE">
+          <w:p w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="009831EB" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>ORGANISME DE FORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w14:paraId="01B91FF5" w14:textId="77777777" w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="006360A4" w:rsidP="006F3BEE">
+          <w:p w:rsidR="009831EB" w:rsidRPr="006F3BEE" w:rsidRDefault="006360A4" w:rsidP="006F3BEE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPORTS DE</w:t>
             </w:r>
             <w:r w:rsidR="009831EB" w:rsidRPr="006F3BEE">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> CETTE EXP</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
@@ -11106,572 +11183,716 @@
             </w:r>
             <w:r w:rsidR="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> EN LIEN AVEC LA FORMATION VIS</w:t>
             </w:r>
             <w:r w:rsidR="00D6297D">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>É</w:t>
             </w:r>
             <w:r w:rsidR="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
               </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265BA7" w14:paraId="077F1518" w14:textId="77777777" w:rsidTr="00580896">
+      <w:tr w:rsidR="00265BA7" w:rsidTr="00580896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="778CCA8E" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6F43A4FE" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="111D8469" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346D656B" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="63D89954" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265BA7" w14:paraId="5EE11E91" w14:textId="77777777" w:rsidTr="00580896">
+      <w:tr w:rsidR="00265BA7" w:rsidTr="00580896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3158EA93" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3B2BCD5D" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7238F6" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AFFF67B" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="389FA09B" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265BA7" w14:paraId="55E223AD" w14:textId="77777777" w:rsidTr="00580896">
+      <w:tr w:rsidR="00265BA7" w:rsidTr="00580896">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D5E8CB8" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2F496C33" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2619" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC8B606" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64FBC152" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2620" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29344906" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F7F7C09" w14:textId="77777777" w:rsidR="009831EB" w:rsidRDefault="009831EB">
-[...20 lines deleted...]
-    <w:p w14:paraId="5D5D4B93" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="009831EB" w:rsidRDefault="009831EB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="63003C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.4 – COMPÉTENCES LINGUISTIQUES</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F293944" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:color w:val="63003C"/>
         </w:rPr>
         <w:t>Merci de les lister de manière antéchronologique</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B86D100" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a7"/>
         <w:tblW w:w="10490" w:type="dxa"/>
         <w:tblInd w:w="-10" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="2915"/>
         <w:gridCol w:w="3825"/>
         <w:gridCol w:w="2190"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00842C2F" w14:paraId="03FCCE49" w14:textId="77777777" w:rsidTr="005548F5">
+      <w:tr w:rsidR="00842C2F" w:rsidTr="005548F5">
         <w:trPr>
           <w:trHeight w:val="1731"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="0E0CCB0A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Langue</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BD5F08A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7979908E" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRPr="0071249B" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="151" w:right="189"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071249B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-              <w:t>Niveau attesté / Modalités d’attestation</w:t>
+              </w:rPr>
+              <w:t>Niveau</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>attesté</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modalités</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>d’attestation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
-          <w:p w14:paraId="47ABA127" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRPr="0071249B" w:rsidRDefault="00842C2F">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="6" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="151" w:right="189"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1E5241E4" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRPr="0071249B" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071249B">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
               <w:t>DCL, Goethe, BULAT, TOEFL, TOEIC, autres…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="54B690CF" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRPr="0071249B" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:after="120" w:line="256" w:lineRule="auto"/>
               <w:ind w:left="137"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071249B">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="fr-FR"/>
-[...1 lines deleted...]
-              <w:t>Niveau estimé par rapport aux niveaux de langues européens (CECR)</w:t>
+              </w:rPr>
+              <w:t>Niveau</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>estimé</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par rapport aux </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>niveaux</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>langues</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>européens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (CECR)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7ADE2BE3" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRPr="0071249B" w:rsidRDefault="0094238D">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="000672FE">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="1" w:after="120" w:line="256" w:lineRule="auto"/>
               <w:ind w:left="137"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId17">
-              <w:r w:rsidR="00C86192" w:rsidRPr="0071249B">
+            <w:hyperlink r:id="rId16">
+              <w:r w:rsidR="00C86192">
                 <w:rPr>
                   <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                   <w:i/>
                   <w:color w:val="0000FF"/>
                   <w:szCs w:val="20"/>
                   <w:u w:val="single"/>
-                  <w:lang w:val="fr-FR"/>
                 </w:rPr>
                 <w:t>http://europass.cedefop.europa.eu/fr/resources/european-language-levels-cefr</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="3846A9BD" w14:textId="77777777" w:rsidR="00CD6030" w:rsidRDefault="00CD6030">
+          <w:p w:rsidR="00CD6030" w:rsidRDefault="00CD6030">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="1" w:after="120" w:line="256" w:lineRule="auto"/>
               <w:ind w:left="137"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:color w:val="0000FF"/>
@@ -11686,833 +11907,824 @@
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> ALTISSIA</w:t>
             </w:r>
             <w:r w:rsidR="000548A0" w:rsidRPr="002142F9">
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:i/>
                 <w:color w:val="0000FF"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>, Global Exam</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="09EA7E52" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+          <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:before="120" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="105" w:right="183"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date de certification</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265BA7" w14:paraId="3D67B098" w14:textId="77777777" w:rsidTr="005548F5">
+      <w:tr w:rsidR="00265BA7" w:rsidTr="005548F5">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1482665E" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="699DDF31" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="688839BC" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1BC075" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CB31634" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265BA7" w14:paraId="604FB928" w14:textId="77777777" w:rsidTr="005548F5">
+      <w:tr w:rsidR="00265BA7" w:rsidTr="005548F5">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DEE79AE" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="50BEE678" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="469C76C4" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8509A0" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39CF49D1" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00265BA7" w14:paraId="356EECE4" w14:textId="77777777" w:rsidTr="005548F5">
+      <w:tr w:rsidR="00265BA7" w:rsidTr="005548F5">
         <w:trPr>
           <w:trHeight w:val="1020"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D7F1263" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3EF15E85" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2915" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4CC3E636" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3825" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="126393EA" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2190" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="112E39DF" w14:textId="77777777" w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
+          <w:p w:rsidR="00265BA7" w:rsidRPr="002F4443" w:rsidRDefault="00265BA7" w:rsidP="00265BA7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7B82A83D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
-[...13 lines deleted...]
-    <w:p w14:paraId="00A639C9" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="FF00FF"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="040374D8" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
-[...7 lines deleted...]
-    <w:p w14:paraId="13A62504" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67E6BF4F" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
-[...6 lines deleted...]
-    <w:p w14:paraId="1A4624C1" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FFCD11D" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Datez et signez votre dossier</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EF0692" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CDC025B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F532584" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="73D3053A" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="017C7ED4" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="201A4F21" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="center" w:pos="4536"/>
           <w:tab w:val="right" w:pos="9072"/>
           <w:tab w:val="left" w:pos="708"/>
         </w:tabs>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:color w:val="000000"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C5A5CBD" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>La loi punit quiconque se rend coupable de fausses déclarations :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21A48309" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRPr="00D6297D" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRPr="00D6297D" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>"</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6297D">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Constitue un faux toute altération frauduleuse de la vérité, de nature à causer un préjudice et accomplie par quelque moyen que ce soit, dans un écrit ou tout autre support d'expression de la pensée qui a pour objet ou qui peut avoir pour effet d'établir la preuve d'un droit ou d'un fait ayant des conséquences juridiques.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F43AD39" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRPr="00D6297D" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRPr="00D6297D" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D6297D">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Le faux et l'usage de faux sont punis de trois ans d'emprisonnement et de 45 000 euros d'amende</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6297D">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (code pénal, art.441-1</w:t>
       </w:r>
       <w:r w:rsidRPr="00D6297D">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="225947B3" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00C86192">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00C86192">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D6297D">
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Le fait de se faire délivrer indûment par une administration publique ou par un organisme chargé d'une mission de service public, par quelque moyen frauduleux que ce soit, un document destiné à constater un droit, une identité ou une qualité ou à accorder une autorisation, est puni de deux ans d'emprisonnement et de 30 000 euros d'amende</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>" (code pénal art.441-6).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5620740B" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3610B7EB" w14:textId="77777777" w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
+    <w:p w:rsidR="00842C2F" w:rsidRDefault="00842C2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Open Sans" w:eastAsia="Open Sans" w:hAnsi="Open Sans" w:cs="Open Sans"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00842C2F">
-      <w:footerReference w:type="default" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="851" w:left="851" w:header="510" w:footer="510" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E138D32" w14:textId="77777777" w:rsidR="005432F1" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="778EB28A" w14:textId="77777777" w:rsidR="005432F1" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Sylfaen">
+    <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...23 lines deleted...]
-    <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000201B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="1F9EEBD2" w14:textId="77777777" w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00265BA7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B" w:rsidP="00265BA7">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9921"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
@@ -12527,101 +12739,101 @@
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00D509CE">
+    <w:r w:rsidR="000672FE">
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:color w:val="000000"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="13844553" w14:textId="77777777" w:rsidR="005432F1" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="24496A65" w14:textId="77777777" w:rsidR="005432F1" w:rsidRDefault="005432F1">
+    <w:p w:rsidR="007A2B2B" w:rsidRDefault="007A2B2B">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BAE4E76"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="87FE88A0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -12663,51 +12875,164 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7560" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D7218DE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6BB22DB2"/>
+    <w:lvl w:ilvl="0" w:tplc="39389BD4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30DD5D08"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A37C46E2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -12749,51 +13074,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="1080"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BCF2CC1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5F4E898C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
@@ -12861,51 +13186,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42C1235D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A426DF1C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -12974,51 +13299,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="457424F7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B6FA0C6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="puceoiseau"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -13088,51 +13413,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="65151F38"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AEAEE082"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="●"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -13201,51 +13526,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70D86375"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="7F88056A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -13314,51 +13639,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="766A13AF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9E4A1D2C"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana" w:cs="Verdana"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
@@ -13426,51 +13751,51 @@
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="769177AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="788AD95C"/>
     <w:lvl w:ilvl="0" w:tplc="39389BD4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Sylfaen" w:hAnsi="Sylfaen" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13539,51 +13864,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F9D7736"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5E8C8BDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="✔"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
@@ -13653,244 +13978,254 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols" w:cs="Noto Sans Symbols"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
-  <w:zoom w:percent="122"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00842C2F"/>
     <w:rsid w:val="00025220"/>
     <w:rsid w:val="000548A0"/>
+    <w:rsid w:val="000672FE"/>
     <w:rsid w:val="00162882"/>
     <w:rsid w:val="001757C4"/>
     <w:rsid w:val="001A4A22"/>
     <w:rsid w:val="002142F9"/>
     <w:rsid w:val="002261A8"/>
     <w:rsid w:val="00265BA7"/>
     <w:rsid w:val="00293201"/>
     <w:rsid w:val="002C4715"/>
     <w:rsid w:val="002F4443"/>
     <w:rsid w:val="003247B9"/>
+    <w:rsid w:val="00346979"/>
+    <w:rsid w:val="003537C9"/>
     <w:rsid w:val="00392279"/>
     <w:rsid w:val="00406722"/>
     <w:rsid w:val="004147E8"/>
     <w:rsid w:val="004508EB"/>
     <w:rsid w:val="004D1661"/>
-    <w:rsid w:val="005432F1"/>
+    <w:rsid w:val="004E0595"/>
     <w:rsid w:val="005548F5"/>
     <w:rsid w:val="00557998"/>
     <w:rsid w:val="00580896"/>
     <w:rsid w:val="005E12ED"/>
     <w:rsid w:val="006360A4"/>
     <w:rsid w:val="006F2532"/>
     <w:rsid w:val="006F3BEE"/>
-    <w:rsid w:val="0071249B"/>
     <w:rsid w:val="00757E5B"/>
     <w:rsid w:val="007763E5"/>
     <w:rsid w:val="007A2B2B"/>
     <w:rsid w:val="0080291F"/>
     <w:rsid w:val="008421D7"/>
     <w:rsid w:val="00842C2F"/>
+    <w:rsid w:val="00856749"/>
     <w:rsid w:val="00867A25"/>
     <w:rsid w:val="008B3E3B"/>
     <w:rsid w:val="008D279B"/>
     <w:rsid w:val="008E36CA"/>
-    <w:rsid w:val="0094238D"/>
     <w:rsid w:val="009831EB"/>
     <w:rsid w:val="00991FAF"/>
     <w:rsid w:val="00997513"/>
     <w:rsid w:val="009C6D26"/>
     <w:rsid w:val="009D274E"/>
     <w:rsid w:val="00A023BC"/>
     <w:rsid w:val="00A03728"/>
     <w:rsid w:val="00A31FD8"/>
     <w:rsid w:val="00A57837"/>
     <w:rsid w:val="00A7064D"/>
     <w:rsid w:val="00A73882"/>
     <w:rsid w:val="00B2733A"/>
+    <w:rsid w:val="00BA6ED5"/>
     <w:rsid w:val="00BB307C"/>
     <w:rsid w:val="00BF186B"/>
     <w:rsid w:val="00C077DA"/>
     <w:rsid w:val="00C151F5"/>
     <w:rsid w:val="00C86192"/>
+    <w:rsid w:val="00CB4982"/>
     <w:rsid w:val="00CD6030"/>
+    <w:rsid w:val="00CE45F8"/>
     <w:rsid w:val="00D2238C"/>
     <w:rsid w:val="00D370EE"/>
     <w:rsid w:val="00D40DDE"/>
     <w:rsid w:val="00D4282E"/>
-    <w:rsid w:val="00D509CE"/>
     <w:rsid w:val="00D6297D"/>
     <w:rsid w:val="00E20E84"/>
     <w:rsid w:val="00E9470B"/>
+    <w:rsid w:val="00EC11FC"/>
     <w:rsid w:val="00ED3824"/>
     <w:rsid w:val="00EF0584"/>
+    <w:rsid w:val="00EF32F3"/>
     <w:rsid w:val="00F10A66"/>
+    <w:rsid w:val="00F27CB5"/>
     <w:rsid w:val="00F72CEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-FR" w:eastAsia="x-none" w:bidi="x-none"/>
+  <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6932BDD6"/>
+  <w14:docId w14:val="376F1F9E"/>
   <w15:docId w15:val="{D388E2FB-9ADA-4E9E-B58E-5016F3F18876}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="382">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -14218,52 +14553,50 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00717543"/>
     <w:pPr>
       <w:spacing w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Titre1Car"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="320" w:after="80" w:line="240" w:lineRule="auto"/>
@@ -14627,65 +14960,58 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre9Car">
     <w:name w:val="Titre 9 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre9"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00284364"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
     </w:rPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C9226F"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
@@ -14800,51 +15126,51 @@
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Appelnotedebasdep">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA778F"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00DA778F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Pardeliste">
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00985B44"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl24">
     <w:name w:val="xl24"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00811824"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Comic Sans MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Comic Sans MS" w:cs="Comic Sans MS"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpsdetexte3">
     <w:name w:val="Body Text 3"/>
@@ -14953,51 +15279,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Sous-titreCar">
     <w:name w:val="Sous-titre Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Sous-titre"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:color w:val="1F497D"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="lev">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Emphase">
+  <w:style w:type="character" w:styleId="Accentuation">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sansinterligne">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:rFonts w:cs="Calibri"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citation">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
@@ -15106,85 +15432,85 @@
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="404040"/>
       <w:spacing w:val="0"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rfrenceintense">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="auto"/>
       <w:spacing w:val="0"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Titredelivre">
+  <w:style w:type="character" w:styleId="Titredulivre">
     <w:name w:val="Book Title"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:spacing w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="En-ttedetabledesmatires">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Titre1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:qFormat/>
     <w:rsid w:val="00343C33"/>
     <w:pPr>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE6BFE"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Lienhypertextevisit">
+  <w:style w:type="character" w:styleId="Lienhypertextesuivivisit">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FC524E"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style9">
     <w:name w:val="Style9"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B635D1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
@@ -15243,77 +15569,77 @@
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="0037155F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CitationHTML">
     <w:name w:val="HTML Cite"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00F53352"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="puceoiseau">
     <w:name w:val="puce oiseau"/>
-    <w:basedOn w:val="Pardeliste"/>
+    <w:basedOn w:val="Paragraphedeliste"/>
     <w:qFormat/>
     <w:rsid w:val="004542F5"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:ind w:left="1134"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="nivpuce2Car">
     <w:name w:val="nivpuce2 Car"/>
     <w:link w:val="nivpuce2"/>
     <w:locked/>
     <w:rsid w:val="00EE658D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="nivpuce2">
     <w:name w:val="nivpuce2"/>
-    <w:basedOn w:val="Pardeliste"/>
+    <w:basedOn w:val="Paragraphedeliste"/>
     <w:link w:val="nivpuce2Car"/>
     <w:qFormat/>
     <w:rsid w:val="00EE658D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="826" w:hanging="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
     <w:name w:val="Table Normal"/>
     <w:uiPriority w:val="2"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00015990"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
@@ -15334,269 +15660,234 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00015990"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Arial"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:bidi="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a0">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="115" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a1">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a2">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="115" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a3">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="57" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="57" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a4">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="115" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a5">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="115" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a6">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="115" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="115" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a7">
     <w:basedOn w:val="TableNormal0"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
-[...5 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a8">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
-        <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="70" w:type="dxa"/>
-        <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="70" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="a9">
     <w:basedOn w:val="TableNormal0"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="28" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="28" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style2">
     <w:name w:val="Style2"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00991FAF"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style3">
     <w:name w:val="Style3"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00991FAF"/>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Style4">
     <w:name w:val="Style4"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="007763E5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formation-continue.parisnanterre.fr/navigation/reprise-detudes/reprendre-ses-etudes-a-luniversite-paris-nanterre" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formation-continue.parisnanterre.fr/navigation/notre-actualite/formation-continue-alternance-reunions-dinformation-en-videoconference" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rncp.cncp.gouv.fr/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francecompetences.fr/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francetravail.fr/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rime.fonction-publique.gouv.fr/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apec.fr/tous-nos-metiers.html" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://europass.cedefop.europa.eu/fr/resources/european-language-levels-cefr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francetravail.fr/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.francecompetences.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://europass.cedefop.europa.eu/fr/resources/european-language-levels-cefr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rncp.cncp.gouv.fr/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apec.fr/tous-nos-metiers.html" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://formation-continue.parisnanterre.fr/navigation/reprise-detudes/reprendre-ses-etudes-a-luniversite-paris-nanterre" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rime.fonction-publique.gouv.fr/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7206D921A6494C719B11B37C4D189724"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A3AD0957-6611-4DCE-ACDA-F28852A7760E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="7206D921A6494C719B11B37C4D1897243"/>
+            <w:pStyle w:val="7206D921A6494C719B11B37C4D1897244"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1F524D75F21D428292789D0B3A8BD1A6"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D2D48ED-555F-427E-8F54-6869ED25B81F}"/>
       </w:docPartPr>
@@ -15739,503 +16030,936 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{87A7A63F-6BE1-4DDD-B8C3-6D22167839AD}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
           <w:pPr>
             <w:pStyle w:val="FAB0EDE91E4D4D348B8866F33E87E6C93"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
+        <w:name w:val="8EAB599DB24045DF9A9DA85EB9AEEC0E"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{56ABB95C-FCAF-4C31-941B-62A95EC5C709}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+          <w:pPr>
+            <w:pStyle w:val="8EAB599DB24045DF9A9DA85EB9AEEC0E3"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="34F681F79D204D23B5A57849546BF2BF"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2DA4C93F-4AEC-4D17-BB67-30CD413C8C69}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+          <w:pPr>
+            <w:pStyle w:val="34F681F79D204D23B5A57849546BF2BF3"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
         <w:name w:val="1B19CB199EB545C6B23B09996BB4C76C"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9BE8E58E-EF77-4EC7-8A6E-893223A1499B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
           <w:pPr>
             <w:pStyle w:val="1B19CB199EB545C6B23B09996BB4C76C3"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2F46C62DED42423CAE7059E092FD1700"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{92E32A14-1224-429E-92A8-5D0D2DE0B71F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="2F46C62DED42423CAE7059E092FD1700"/>
+            <w:pStyle w:val="2F46C62DED42423CAE7059E092FD17001"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="494D8DF9396042DA8DB79D0704024648"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{22A30FD7-9A89-4395-B675-C66E150E3228}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="494D8DF9396042DA8DB79D0704024648"/>
+            <w:pStyle w:val="494D8DF9396042DA8DB79D07040246481"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F492E04C98C54604B635FBF3C8BC147D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{378906C7-6B3C-422D-8CC7-C99D6809344F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="F492E04C98C54604B635FBF3C8BC147D"/>
+            <w:pStyle w:val="F492E04C98C54604B635FBF3C8BC147D1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="671F819613D24BEAA2800A5DAD6B70B1"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{87D7860D-8D29-4B5D-B954-A5A47C124416}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="671F819613D24BEAA2800A5DAD6B70B1"/>
+            <w:pStyle w:val="671F819613D24BEAA2800A5DAD6B70B11"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="404022397ED44A3F85B775B96C16AF37"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{8D7E02C6-7DD9-4A88-95FF-914818DFAAD2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="404022397ED44A3F85B775B96C16AF37"/>
+            <w:pStyle w:val="404022397ED44A3F85B775B96C16AF371"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6DCB37AA38F0406B8B153AAEE2572C5B"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{06A51361-E7D3-4050-B312-EB79C8AA3178}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="6DCB37AA38F0406B8B153AAEE2572C5B"/>
+            <w:pStyle w:val="6DCB37AA38F0406B8B153AAEE2572C5B1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="994401ECF13843628318331404BFBC5B"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{31341D4B-C511-47BB-9B03-96517FA15AAF}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="994401ECF13843628318331404BFBC5B"/>
+            <w:pStyle w:val="994401ECF13843628318331404BFBC5B1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8E29CF683C2841169C13EAE72AB3CFF3"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C87B47C4-1ABE-4705-81BA-98579828D066}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="8E29CF683C2841169C13EAE72AB3CFF31"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="726B0030035C4C09BE6120922B596AF1"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2EF0FAC2-3B51-4B4C-AA1E-BE09F60B3B6F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C63722" w:rsidRDefault="00C63722" w:rsidP="00C63722">
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
           <w:pPr>
-            <w:pStyle w:val="726B0030035C4C09BE6120922B596AF1"/>
+            <w:pStyle w:val="726B0030035C4C09BE6120922B596AF11"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F1325007A5BB4EF680EE3A4B77B950DD"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C0D0E1C0-7A79-4175-8E4E-E15DA2EB4111}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="F1325007A5BB4EF680EE3A4B77B950DD1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CFFB0B4A69FD47CE9C2C6FC6E6B5C3A2"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{052A0C9B-AB2C-4611-BF43-372A6CDE198E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="CFFB0B4A69FD47CE9C2C6FC6E6B5C3A21"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D24647CB5B2D4B5B8CE955153FF457C4"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{15F3135E-2BD6-4A88-B707-134E39780FAF}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="D24647CB5B2D4B5B8CE955153FF457C41"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6EB57E41D7DC44F39E27DFC75D040E2F"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F2F5BCA3-5141-45CA-BC81-A7E7F58C2EB7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="6EB57E41D7DC44F39E27DFC75D040E2F1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="358190B0D17448BBB577051EFE06DFBA"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5F305B5D-7601-475C-815C-9D2DC6CBCCA8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="358190B0D17448BBB577051EFE06DFBA1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="48E131D37C5B4B088ECAF952871870AA"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{08B5B41E-DC8B-4A07-A2EC-25DC0E18D215}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="48E131D37C5B4B088ECAF952871870AA1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6A553DC3EF284ADBB062E5DF5B8267E1"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{68A336CF-5FC1-4AA9-9231-689090A82FBD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="6A553DC3EF284ADBB062E5DF5B8267E11"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="95D3821AE3F443E39E7CD12C79E84DE0"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{084A5CE6-396A-4018-B576-7E03D6BE3471}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00C63722" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="95D3821AE3F443E39E7CD12C79E84DE01"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="ECC8270F27B74C738565AFCDF99E39AE"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BD103939-468D-455E-B803-1D944E6C050B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D779B6" w:rsidRDefault="003D667C" w:rsidP="003D667C">
+          <w:pPr>
+            <w:pStyle w:val="ECC8270F27B74C738565AFCDF99E39AE"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="931C29FE3BE34C2EB7D3454724557DDE"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{658BDA28-FA2A-4EFF-B2C3-FCAA087AC6D3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00D779B6" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="931C29FE3BE34C2EB7D3454724557DDE1"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB7A02471B2E4398B8F8D64C630CE6D8"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{9AD9C443-2A44-437D-A0BA-0853B3BB79D8}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="FB7A02471B2E4398B8F8D64C630CE6D8"/>
+          </w:pPr>
+          <w:r>
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>entrer votre texte</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="35B1BF20DE324ED38E8425746D2A09A9"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{14BEDDCD-866A-4C36-B587-8A2A44C529C7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="004137DA" w:rsidP="004137DA">
+          <w:pPr>
+            <w:pStyle w:val="35B1BF20DE324ED38E8425746D2A09A9"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>entrer votre texte</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Sylfaen">
+    <w:panose1 w:val="010A0502050306030303"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="04000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
-[...23 lines deleted...]
-    <w:sig w:usb0="E0002AEF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Verdana">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans Symbols">
+    <w:altName w:val="Times New Roman"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Bookman Old Style">
     <w:panose1 w:val="02050604050505020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Comic Sans MS">
     <w:panose1 w:val="030F0702030302020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="script"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000287" w:usb1="00000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000201B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
-    <w:family w:val="auto"/>
-    <w:pitch w:val="variable"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:revisionView w:comments="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C63722"/>
     <w:rsid w:val="0009507D"/>
-    <w:rsid w:val="001B43F7"/>
     <w:rsid w:val="003D667C"/>
-    <w:rsid w:val="00770176"/>
-    <w:rsid w:val="0077797E"/>
+    <w:rsid w:val="004137DA"/>
     <w:rsid w:val="00AE1958"/>
     <w:rsid w:val="00C63722"/>
     <w:rsid w:val="00D2775F"/>
+    <w:rsid w:val="00D779B6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="fr-FR" w:eastAsia="x-none" w:bidi="x-none"/>
+  <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="382">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16563,90 +17287,88 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003D667C"/>
+    <w:rsid w:val="004137DA"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7206D921A6494C719B11B37C4D189724">
     <w:name w:val="7206D921A6494C719B11B37C4D189724"/>
     <w:rsid w:val="00C63722"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F524D75F21D428292789D0B3A8BD1A6">
     <w:name w:val="1F524D75F21D428292789D0B3A8BD1A6"/>
     <w:rsid w:val="00C63722"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="88E6F0BD14DE4B6A983308BE04A2AF6D">
     <w:name w:val="88E6F0BD14DE4B6A983308BE04A2AF6D"/>
     <w:rsid w:val="00C63722"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8F3AF81CCAE044BFB6897070E6E516C8">
@@ -17315,58 +18037,293 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="173CE2F23738487A8FD51E43F636133A">
     <w:name w:val="173CE2F23738487A8FD51E43F636133A"/>
     <w:rsid w:val="00C63722"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F105C158C724E3EB3EE31F5402F65CB">
     <w:name w:val="1F105C158C724E3EB3EE31F5402F65CB"/>
     <w:rsid w:val="00C63722"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E271BBDE5FE43289335FE43EB894EE6">
     <w:name w:val="3E271BBDE5FE43289335FE43EB894EE6"/>
     <w:rsid w:val="00C63722"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F6BB11BF5C848F8B6A0A1500288AD68">
     <w:name w:val="1F6BB11BF5C848F8B6A0A1500288AD68"/>
     <w:rsid w:val="00C63722"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ECC8270F27B74C738565AFCDF99E39AE">
     <w:name w:val="ECC8270F27B74C738565AFCDF99E39AE"/>
     <w:rsid w:val="003D667C"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="931C29FE3BE34C2EB7D3454724557DDE">
     <w:name w:val="931C29FE3BE34C2EB7D3454724557DDE"/>
     <w:rsid w:val="003D667C"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7206D921A6494C719B11B37C4D1897244">
+    <w:name w:val="7206D921A6494C719B11B37C4D1897244"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2F46C62DED42423CAE7059E092FD17001">
+    <w:name w:val="2F46C62DED42423CAE7059E092FD17001"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="494D8DF9396042DA8DB79D07040246481">
+    <w:name w:val="494D8DF9396042DA8DB79D07040246481"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F492E04C98C54604B635FBF3C8BC147D1">
+    <w:name w:val="F492E04C98C54604B635FBF3C8BC147D1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="671F819613D24BEAA2800A5DAD6B70B11">
+    <w:name w:val="671F819613D24BEAA2800A5DAD6B70B11"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DCB37AA38F0406B8B153AAEE2572C5B1">
+    <w:name w:val="6DCB37AA38F0406B8B153AAEE2572C5B1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="994401ECF13843628318331404BFBC5B1">
+    <w:name w:val="994401ECF13843628318331404BFBC5B1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="404022397ED44A3F85B775B96C16AF371">
+    <w:name w:val="404022397ED44A3F85B775B96C16AF371"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="726B0030035C4C09BE6120922B596AF11">
+    <w:name w:val="726B0030035C4C09BE6120922B596AF11"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1325007A5BB4EF680EE3A4B77B950DD1">
+    <w:name w:val="F1325007A5BB4EF680EE3A4B77B950DD1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E29CF683C2841169C13EAE72AB3CFF31">
+    <w:name w:val="8E29CF683C2841169C13EAE72AB3CFF31"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CFFB0B4A69FD47CE9C2C6FC6E6B5C3A21">
+    <w:name w:val="CFFB0B4A69FD47CE9C2C6FC6E6B5C3A21"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D24647CB5B2D4B5B8CE955153FF457C41">
+    <w:name w:val="D24647CB5B2D4B5B8CE955153FF457C41"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="931C29FE3BE34C2EB7D3454724557DDE1">
+    <w:name w:val="931C29FE3BE34C2EB7D3454724557DDE1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A553DC3EF284ADBB062E5DF5B8267E11">
+    <w:name w:val="6A553DC3EF284ADBB062E5DF5B8267E11"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="48E131D37C5B4B088ECAF952871870AA1">
+    <w:name w:val="48E131D37C5B4B088ECAF952871870AA1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="358190B0D17448BBB577051EFE06DFBA1">
+    <w:name w:val="358190B0D17448BBB577051EFE06DFBA1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6EB57E41D7DC44F39E27DFC75D040E2F1">
+    <w:name w:val="6EB57E41D7DC44F39E27DFC75D040E2F1"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="95D3821AE3F443E39E7CD12C79E84DE01">
+    <w:name w:val="95D3821AE3F443E39E7CD12C79E84DE01"/>
+    <w:rsid w:val="004137DA"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="260" w:lineRule="atLeast"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Calibri"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="21"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB7A02471B2E4398B8F8D64C630CE6D8">
+    <w:name w:val="FB7A02471B2E4398B8F8D64C630CE6D8"/>
+    <w:rsid w:val="004137DA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="35B1BF20DE324ED38E8425746D2A09A9">
+    <w:name w:val="35B1BF20DE324ED38E8425746D2A09A9"/>
+    <w:rsid w:val="004137DA"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
-  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -17630,84 +18587,84 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjp2/G654d7kzyWy78LGbSM3chPiA==">CgMxLjAaMAoBMBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxowCgExEisKKQgHQiUKEVF1YXR0cm9jZW50byBTYW5zEhBBcmlhbCBVbmljb2RlIE1TGicKATISIgogCAQqHAoLQUFBQldoNDB3dmcQCBoLQUFBQldoNDB3dmcaJwoBMxIiCiAIBCocCgtBQUFCV2g0MHd2ZxAIGgtBQUFCV2g0MHd6URowCgE0EisKKQgHQiUKEVF1YXR0cm9jZW50byBTYW5zEhBBcmlhbCBVbmljb2RlIE1TGjAKATUSKwopCAdCJQoRUXVhdHRyb2NlbnRvIFNhbnMSEEFyaWFsIFVuaWNvZGUgTVMaMAoBNhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxowCgE3EisKKQgHQiUKEVF1YXR0cm9jZW50byBTYW5zEhBBcmlhbCBVbmljb2RlIE1TGjAKATgSKwopCAdCJQoRUXVhdHRyb2NlbnRvIFNhbnMSEEFyaWFsIFVuaWNvZGUgTVMaMAoBORIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxMBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxMRIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxMhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxMxIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxNBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxNRIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxNhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIxNxIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxooCgIxOBIiCiAIBCocCgtBQUFCV3htME04MBAIGgtBQUFCV3htME04MBooCgIxORIiCiAIBCocCgtBQUFCV3htME04MBAIGgtBQUFCVzV3ZWxCdxoxCgIyMBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyMRIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyMhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyMxIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyNBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyNRIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyNhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyNxIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIyOBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxooCgIyORIiCiAIBCocCgtBQUFCV3htME04axAIGgtBQUFCV3htME04axooCgIzMBIiCiAIBCocCgtBQUFCV3htME04axAIGgtBQUFCV3htME04bxooCgIzMRIiCiAIBCocCgtBQUFCV3htME04axAIGgtBQUFCV3htME5CdxooCgIzMhIiCiAIBCocCgtBQUFCV3htME04axAIGgtBQUFCVzV3ZWxCMBoxCgIzMxIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIzNBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIzNRIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgIzNhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxooCgIzNxIiCiAIBCocCgtBQUFCVzZPTG5ENBAIGgtBQUFCVzZPTG5ENBooCgIzOBIiCiAIBCocCgtBQUFCVzZPTG5ENBAIGgtBQUFCVDBKOGJObxooCgIzORIiCiAIBCocCgtBQUFCV3htME04dxAIGgtBQUFCV3htME04dxooCgI0MBIiCiAIBCocCgtBQUFCV3htME04dxAIGgtBQUFCV3htME05QRoxCgI0MRIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgI0MhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgI0MxIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgI0NBIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgI0NRIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUxoxCgI0NhIrCikIB0IlChFRdWF0dHJvY2VudG8gU2FucxIQQXJpYWwgVW5pY29kZSBNUyL1BwoLQUFBQld4bTBNOGsSywcKC0FBQUJXeG0wTThrEgtBQUFCV3htME04axorCgl0ZXh0L2h0bWwSHlJham91dGVyIGLDqW7DqWZpY2lhaXJlIGR1IFJTQSIsCgp0ZXh0L3BsYWluEh5SYWpvdXRlciBiw6luw6lmaWNpYWlyZSBkdSBSU0EqSAoPVml0cmF0IFZpcmdpbmllGjUvL3NzbC5nc3RhdGljLmNvbS9kb2NzL2NvbW1vbi9ibHVlX3NpbGhvdWV0dGU5Ni0wLnBuZzCq7oXjpjI4v7vCgKcyQu4BCgtBQUFCV3htME04bxILQUFBQld4bTBNOGsaDwoJdGV4dC9odG1sEgJvayIQCgp0ZXh0L3BsYWluEgJvaypBCghlbGVtb2luZRo1Ly9zc2wuZ3N0YXRpYy5jb20vZG9jcy9jb21tb24vYmx1ZV9zaWxob3VldHRlOTYtMC5wbmcwqu6F46YyOKruheOmMnJDCghlbGVtb2luZRo3CjUvL3NzbC5nc3RhdGljLmNvbS9kb2NzL2NvbW1vbi9ibHVlX3NpbGhvdWV0dGU5Ni0wLnBuZ3gAiAEBmgEGCAAQABgAqgEEEgJva7ABALgBAULyAQoLQUFBQld4bTBOQncSC0FBQUJXeG0wTThrGi8KCXRleHQvaHRtbBIiUmFqb3V0ZXIgSW50ZXJtaXR0ZW50IGR1IHNwZWN0YWNsZSIwCgp0ZXh0L3BsYWluEiJSYWpvdXRlciBJbnRlcm1pdHRlbnQgZHUgc3BlY3RhY2xlKhsiFTExNjE2ODc2OTY5NDU5ODgyMDMxNCgAOAAw0O3S46YyONDt0uOmMloMNmNkbHRjdXNhajNicgIgAHgAmgEGCAAQABgAqgEkEiJSYWpvdXRlciBJbnRlcm1pdHRlbnQgZHUgc3BlY3RhY2xlsAEAuAEAQpIBCgtBQUFCVzV3ZWxCMBILQUFBQld4bTBNOGsaDwoJdGV4dC9odG1sEgJvayIQCgp0ZXh0L3BsYWluEgJvayobIhUxMDE5OTkyODA0OTQyNzU2MDc2OTMoADgAML+7woCnMji/u8KApzJaDG0zeHJ5dnc2anNtbXICIAB4AJoBBggAEAAYAKoBBBICb2uwAQC4AQBySgoPVml0cmF0IFZpcmdpbmllGjcKNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5neACIAQGaAQYIABAAGACqASASHlJham91dGVyIGLDqW7DqWZpY2lhaXJlIGR1IFJTQbABALgBARiq7oXjpjIgv7vCgKcyMABCCGtpeC5jbXQxIv4DCgtBQUFCV2g0MHd2ZxLMAwoLQUFBQldoNDB3dmcSC0FBQUJXaDQwd3ZnGiwKCXRleHQvaHRtbBIfRGVybmllciBkaXBsw7RtZSBvYnRlbnUgZXQgZGF0ZSItCgp0ZXh0L3BsYWluEh9EZXJuaWVyIGRpcGzDtG1lIG9idGVudSBldCBkYXRlKhsiFTExNDgwMzc2NzczNTYxNDQ0NTI1MSgAOAAw/ZnPgacyOLOrjoKnMkLgAQoLQUFBQldoNDB3elESC0FBQUJXaDQwd3ZnGikKCXRleHQvaHRtbBIcZGVtYW5kw6kgZW4gcGFnZSAxMCBkYW5zIDIuMSIqCgp0ZXh0L3BsYWluEhxkZW1hbmTDqSBlbiBwYWdlIDEwIGRhbnMgMi4xKhsiFTEwMTk5OTI4MDQ5NDI3NTYwNzY5MygAOAAws6uOgqcyOLOrjoKnMloMa2FhcW15Y3Iza3Q0cgIgAHgAmgEGCAAQABgAqgEeEhxkZW1hbmTDqSBlbiBwYWdlIDEwIGRhbnMgMi4xsAEAuAEAWgxvd3JsbHA2ZmdsNGlyAiAAeACaAQYIABAAGACqASESH0Rlcm5pZXIgZGlwbMO0bWUgb2J0ZW51IGV0IGRhdGWwAQC4AQAY/ZnPgacyILOrjoKnMjAAQhBraXgudXkxd3cxYWUxYW43IqAJCgtBQUFCVzZPTG5ENBLuCAoLQUFBQlc2T0xuRDQSC0FBQUJXNk9MbkQ0GmsKCXRleHQvaHRtbBJeTGVzIEluZm9Db2xscyBzb250IHJlbXBsYcOnw6llcyBwYXIgdW4gd2ViaW5haXJlIGVuIGxpZ25lLiBDZSBwYXJhZ3JhcGhlIHBldXQgw6p0cmUgc3VwcHJpbcOpLiJsCgp0ZXh0L3BsYWluEl5MZXMgSW5mb0NvbGxzIHNvbnQgcmVtcGxhw6fDqWVzIHBhciB1biB3ZWJpbmFpcmUgZW4gbGlnbmUuIENlIHBhcmFncmFwaGUgcGV1dCDDqnRyZSBzdXBwcmltw6kuKhsiFTEwMDkxNjYwODM3NTAzMzI4NDIzNigAOAAwg8O+2KcyONXi7ISpMkLyAwoLQUFBQlQwSjhiTm8SC0FBQUJXNk9MbkQ0GocBCgl0ZXh0L2h0bWwSek9uIHBvdXJyYWl0IGluZGlxdWVyIHdlYmluYWlyZSBzdXIgbGEgcmVwcmlzZSBkJiMzOTvDqXR1ZGVzIGRhbnMgY2UgY2FzIG5vbiA/IENldHRlIGluZm8gcmVzdGUgaW1wb3J0YW50ZSBtZSBzZW1ibGUtdC1pbCA/IoQBCgp0ZXh0L3BsYWluEnZPbiBwb3VycmFpdCBpbmRpcXVlciB3ZWJpbmFpcmUgc3VyIGxhIHJlcHJpc2UgZCfDqXR1ZGVzIGRhbnMgY2UgY2FzIG5vbiA/IENldHRlIGluZm8gcmVzdGUgaW1wb3J0YW50ZSBtZSBzZW1ibGUtdC1pbCA/KhsiFTEwMTk5OTI4MDQ5NDI3NTYwNzY5MygAOAAw1eLshKkyONXi7ISpMloMbXBzdHc1dmZrMGc2cgIgAHgAmgEGCAAQABgAqgF8EnpPbiBwb3VycmFpdCBpbmRpcXVlciB3ZWJpbmFpcmUgc3VyIGxhIHJlcHJpc2UgZCYjMzk7w6l0dWRlcyBkYW5zIGNlIGNhcyBub24gPyBDZXR0ZSBpbmZvIHJlc3RlIGltcG9ydGFudGUgbWUgc2VtYmxlLXQtaWwgP0rRAQoKdGV4dC9wbGFpbhLCAUF2ZXotdm91cyBwYXJ0aWNpcMOpIMOgIHVuZSByw6l1bmlvbiBk4oCZaW5mb3JtYXRpb24gc3VyIGxhIHJlcHJpc2UgZOKAmcOpdHVkZXMgw6AgbOKAmXVuaXZlcnNpdMOpIFBhcmlzIE5hbnRlcnJlwqA/CuKYkCBPVUkJ4piQIE5PTiAKU2kgb3VpLCDDoCBxdWVsbGUgZGF0ZSDCoD8gQ2xpcXVleiBpY2kgcG91ciBlbnRyZXIgZHUgdGV4dGUuWgtuendnc2JsMm93MnICIAB4AJoBBggAEAAYAKoBYBJeTGVzIEluZm9Db2xscyBzb250IHJlbXBsYcOnw6llcyBwYXIgdW4gd2ViaW5haXJlIGVuIGxpZ25lLiBDZSBwYXJhZ3JhcGhlIHBldXQgw6p0cmUgc3VwcHJpbcOpLrABALgBABiDw77YpzIg1eLshKkyMABCEGtpeC52Nmp0eDZzN3h3bGwinwUKC0FBQUJXeG0wTTh3EvUECgtBQUFCV3htME04dxILQUFBQld4bTBNOHcaXAoJdGV4dC9odG1sEk9BdmV6LXZvdXMgcGFydGljaXDDqSDDoCB1bmUgcsOpdW5pb24gZOKAmWFjY29tcGFnbmVtZW50PGJyPlNpIG91aSBhIHF1ZWxsZSBkYXRlIloKCnRleHQvcGxhaW4STEF2ZXotdm91cyBwYXJ0aWNpcMOpIMOgIHVuZSByw6l1bmlvbiBk4oCZYWNjb21wYWduZW1lbnQKU2kgb3VpIGEgcXVlbGxlIGRhdGUqSAoPVml0cmF0IFZpcmdpbmllGjUvL3NzbC5nc3RhdGljLmNvbS9kb2NzL2NvbW1vbi9ibHVlX3NpbGhvdWV0dGU5Ni0wLnBuZzCr7oXjpjI4joqK46YyQpIBCgtBQUFCV3htME05QRILQUFBQld4bTBNOHcaDwoJdGV4dC9odG1sEgJvayIQCgp0ZXh0L3BsYWluEgJvayobIhUxMDE5OTkyODA0OTQyNzU2MDc2OTMoADgAMI6KiuOmMjiOiorjpjJaDHIxcW04aDdnc3NybnICIAB4AJoBBggAEAAYAKoBBBICb2uwAQC4AQBySgoPVml0cmF0IFZpcmdpbmllGjcKNS8vc3NsLmdzdGF0aWMuY29tL2RvY3MvY29tbW9uL2JsdWVfc2lsaG91ZXR0ZTk2LTAucG5neACIAQGaAQYIABAAGACqAVEST0F2ZXotdm91cyBwYXJ0aWNpcMOpIMOgIHVuZSByw6l1bmlvbiBk4oCZYWNjb21wYWduZW1lbnQ8YnI+U2kgb3VpIGEgcXVlbGxlIGRhdGWwAQC4AQEYq+6F46YyII6KiuOmMjAAQghraXguY210MyL/BQoLQUFBQld4bTBNODAS1QUKC0FBQUJXeG0wTTgwEgtBQUFCV3htME04MBpmCgl0ZXh0L2h0bWwSWVByw6ljaXNlciBxdWUgY2VsYSBzZXJhIHZ1IGF1IG1vbWVudCBkZSBs4oCZaW5zY3JpcHRpb24gcMOpZGFnb2dpcXVlIGF2ZWMgbGUgc2VjcsOpdGFyaWF0ImcKCnRleHQvcGxhaW4SWVByw6ljaXNlciBxdWUgY2VsYSBzZXJhIHZ1IGF1IG1vbWVudCBkZSBs4oCZaW5zY3JpcHRpb24gcMOpZGFnb2dpcXVlIGF2ZWMgbGUgc2VjcsOpdGFyaWF0KkgKD1ZpdHJhdCBWaXJnaW5pZRo1Ly9zc2wuZ3N0YXRpYy5jb20vZG9jcy9jb21tb24vYmx1ZV9zaWxob3VldHRlOTYtMC5wbmcwrO6F46YyOKbyv4CnMkLRAQoLQUFBQlc1d2VsQncSC0FBQUJXeG0wTTgwGiQKCXRleHQvaHRtbBIXb3VpIHByw6ljaXPDqSBwbHVzIGxvaW4iJQoKdGV4dC9wbGFpbhIXb3VpIHByw6ljaXPDqSBwbHVzIGxvaW4qGyIVMTAxOTk5MjgwNDk0Mjc1NjA3NjkzKAA4ADCm8r+ApzI4pvK/gKcyWgxjcTRsazBvZXpxNTNyAiAAeACaAQYIABAAGACqARkSF291aSBwcsOpY2lzw6kgcGx1cyBsb2lusAEAuAEAckoKD1ZpdHJhdCBWaXJnaW5pZRo3CjUvL3NzbC5nc3RhdGljLmNvbS9kb2NzL2NvbW1vbi9ibHVlX3NpbGhvdWV0dGU5Ni0wLnBuZ3gAiAEBmgEGCAAQABgAqgFbEllQcsOpY2lzZXIgcXVlIGNlbGEgc2VyYSB2dSBhdSBtb21lbnQgZGUgbOKAmWluc2NyaXB0aW9uIHDDqWRhZ29naXF1ZSBhdmVjIGxlIHNlY3LDqXRhcmlhdLABALgBARis7oXjpjIgpvK/gKcyMABCCGtpeC5jbXQwOAByITFXaUpTM0hHVnZaZXVXWjNENVh2U1oxSllDbTV6bzZudQ==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8F0CE462-D9CD-1246-AB63-C5040ED651DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1E901F0-60E5-47E8-9DFA-DF7F24D93293}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>1384</Words>
-[...1 lines deleted...]
-  <Application>Microsoft Macintosh Word</Application>
+  <Words>1306</Words>
+  <Characters>7184</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>59</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Université Paris Ouest Nanterre La Défense</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8979</CharactersWithSpaces>
+  <CharactersWithSpaces>8474</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>CRI</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>